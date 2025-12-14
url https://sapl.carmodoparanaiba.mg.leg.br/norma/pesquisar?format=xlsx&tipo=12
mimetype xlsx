--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -10,88 +10,112 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2625" uniqueCount="1232">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2639" uniqueCount="1238">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>3750</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>PRT</t>
+  </si>
+  <si>
+    <t>Portaria - Câmara Municipal</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3750/portaria_no_66-2025.pdf</t>
+  </si>
+  <si>
+    <t>Exonerar, a pedido, a partir do dia 31 de dezembro de 2025, o servidor DIEGO GONTIJO VELOSO do cargo de Secretário-Geral.</t>
+  </si>
+  <si>
+    <t>3749</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3749/portaria_no_065-2025.pdf</t>
+  </si>
+  <si>
+    <t>Fica autorizado o descarte, mediante incineração, dos documentos que se tratarem de cópias e/ou segundas vias, cujos originais permanecem arquivados na Prefeitura Municipal.</t>
+  </si>
+  <si>
     <t>3721</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>64</t>
   </si>
   <si>
-    <t>PRT</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3721/portaria_no_64-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atuação da Diretoria de Comunicação da Câmara Municipal de Carmo do Paranaíba e estabelece normas para requisição de seus serviços.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3701/portaria_no_63-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre os Projetos de Decretos Legislativos e demais matérias legislativas de homenagens.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3694/portaria_no_62-2025.pdf</t>
@@ -1308,60 +1332,54 @@
   <si>
     <t>68</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3512/portaria_no_68-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedido o Abono Permanência a partir da presente data a servidora Glenise Melo Viotti, ocupante do cargo de Recepcionista, conforme art. 58 da Lei Municipal nº 1.835 de 12 de maio de 2006.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3496/portaria_no_67-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Silvanio Gomes Camacho, ocupante do Consultor Contábil - Contador, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base do até o dia 31 de dezembro de 2024, por assumir a função de Presidente da Comissão de Patrimônio.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
-    <t>66</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3495/portaria_no_66-2024.pdf</t>
   </si>
   <si>
     <t>3494</t>
-  </si>
-[...1 lines deleted...]
-    <t>65</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3494/portaria_no_65-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora CATIA SILENE DA CRUZ SILVA do grau Q para S, ficando disposto na tabela (Grau S) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3493/portaria_no_64-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora CATIA SILENE DA CRUZ SILVA do grau O para Q, ficando disposto na tabela (Grau Q) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3492/portaria_no_63-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora CATIA SILENE DA CRUZ SILVA do grau M para O, ficando disposto na tabela (Grau O) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
@@ -4058,56 +4076,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3721/portaria_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3701/portaria_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3694/portaria_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3693/portaria_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3692/portaria_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3690/portaria_no_59-2025..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3689/portaria_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3688/portaria_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3687/portaria_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3686/portaria_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3684/portaria_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3683/portaria_no_53_de_30_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3680/portaria_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3679/portaria_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3678/portaria_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3657/portaria_no_49-2025_ok.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3656/portaria_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3655/portaria_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3654/portaria_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3653/portaria_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3652/portaria_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3651/portaria_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3649/portaria_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3648/portaria_no_41-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3647/portaria_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3646/portaria_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3645/portaria_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3639/portaria_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3638/portaria_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3637/portaria_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3636/portaria_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3635/portaria_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3634/portaria_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3633/portaria_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3632/portaria_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3631/skm_c36825012411190.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3630/portaria_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3629/portaria_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3628/portaria_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3627/portaria_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3626/portaria_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3625/portaria_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3624/portaria_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3623/portaria_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3622/portaria_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3621/portaria_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3620/portaria_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3619/portaria_no_17-2025..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3618/portaria_no_16_-_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3617/portaria_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3616/portaria_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3615/portaria_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3614/portaria_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3613/portaria_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3612/portaria_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3608/portaria_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3607/portaria_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3606/portaria_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3605/portaria_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3604/portaria_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3603/portaria_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3600/portaria_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3599/portaria_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3598/portaria_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3597/portaria_no_107-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3596/portaria_no_106-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3595/portaria_no_105-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3594/portaria_no_104-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3593/portaria_no_103-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3592/portaria_no_102-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3588/portaria_no_101_de_05_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3582/portaria_no_100-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3581/portaria-no-099-2024-comissao-valores-dos-bens-patrimoniais.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3580/portaria_no_98-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3579/portaria_no_97-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3578/portaria_no_96-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3577/portaria_no_95-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3576/portaria_no_94-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3575/portaria_no_93-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3565/portaria_no_92-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3564/portaria_no_91-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3558/portaria_no_90-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3557/portaria_no_89-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3556/portaria_no_88-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3555/portaria_no_87-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3554/portaria_no_86-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3549/portaria_no_85-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3548/portaria_no_84-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3547/portaria_no_83-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3546/portaria_no_82-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3542/portaria_no_81-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3541/portaria_no_80-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3540/portaria_no_79-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3539/portaria_no_78-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3531/portaria_no_77-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3530/portaria_no_76-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3529/portaria_no_75-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3527/portaria_no_74-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3517/portaria_no_73-2024-.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3516/portaria_no_72-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3515/portaria_no_71-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3514/portaria_no_70-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3513/portaria_no_69-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3512/portaria_no_68-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3496/portaria_no_67-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3495/portaria_no_66-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3494/portaria_no_65-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3493/portaria_no_64-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3492/portaria_no_63-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3491/portaria_no_62-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3490/portaria_no_61-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3489/portaria_no_60-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3488/portaria_no_59-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3487/portaria_no_58-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3486/portaria_no_57-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3485/portaria_no_55-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3479/portaria_no_55-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3478/portaria_no_54-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3477/portaria_no_53-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3476/portaria_no_52-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3475/portaria_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3474/portaria_no_50-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3473/portaria_no_49-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3472/portaria_no_48-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3471/portaria_no_47-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3470/portaria_no_46-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3469/portaria_no_45-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3468/portaria_no_44-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3467/portaria_no_43-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3466/portaria_no_42-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3465/portaria_no_41-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3459/portaria_no_40_-_cm.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3458/portaria_no_39_-_cm.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3457/portaria_no_38-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3456/portaria_no_37-2023_-_nomeacao_assessora.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3455/portaria_no_36-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3454/portaria_no_35-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3453/portaria_no_34-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3452/portaria_no_33-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3451/portaria_no_32-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3450/portaria_no_31-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3449/portaria_no_30-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3448/portaria_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3447/portaria_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3446/portaria_no_27-2023_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3445/portaria_no_26-2023_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3437/portaria_no_25-2023_-_comissao_especial_recesso.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3436/portaria_no_24-2024_-_convocacao_thomas_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3435/portaria_no_23-2024_-_convocacao_alana_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3434/portaria_no_22-2024_-_convocacao_tiago_-oficial.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3433/portaria_no_21-2024_-_convocacao_silvanio_-contador.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3432/portaria_no_20-2023_-_homologacao_do_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3431/portaria_no_19-2023_-_calendario_das_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3430/portaria_no_18-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3429/portaria_no_17-2023_-_gratificacao_lucas.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3428/portaria_no_16-2023_-_gratificacao_catia.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3427/portaria_no_15-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3426/portaria_no_14-2023_-_gratificacao_dilza.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3425/portaria_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3424/portaria_no_12-2023_-_gratificacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3423/portaria_no_11-2023_-_composicao_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3422/portaria_no_10-2024_-_anexo_novo.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3421/portaria_no_09-2024..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3420/portaria_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3419/portaria_no_07-2024_compressed.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3418/portaria_no_06-2024-compactado.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3417/portaria_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3416/portaria_no_04-2024-compactado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3415/portaria_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3414/portaria_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3413/portaria_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3406/portaria_no_077-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3405/portaria_no_076-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3404/portaria_no_075-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3403/portaria_no_074-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3402/portaria_no_073-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3401/portaria_no_072-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3398/portaria_no_071-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3397/portaria_no_70-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3396/portaria_69-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3388/portaria_no_068-2023_-_expediente_dos_dias_16_e_17-11.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3387/portaria_no_067-2023_-_revoga_portaria_32.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3373/portaria_no_066-2023_-_comissao_especial_dos_decretos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3372/portaria_no_065-2023_-_comissao_especial_das_mensagens_de_veto_16_a_19.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3352/portaria_no_064-2023_-_progressao_guilherme_-_t.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3351/portaria_no_63-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3346/portaria_no_062-2023_-_ce.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3325/portaria_no_61-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3321/portaria_no_060-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3320/portaria_no_059-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3319/portaria_no_058-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3317/portaria_no_056-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3316/portaria_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3313/portaria_no_054-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3312/portaria_no_053-2023_-.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3311/portaria_no_052-2023_-.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3310/portaria_no_051-2023_-.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3299/portaria_no_050-2023_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3298/portaria_no-_49-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3293/portaria_no_048-2023_-_nomeacao_diretor_de_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3292/portaria_no_047-2023_-_2_lucas.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3291/portaria_no_046-2023_-_2_daiane.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3290/portaria_no_045-2023_-_progressao_guilherme_-_q.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3289/portaria_no_044-2023_-_progressao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3288/portaria_no_043-2023_-_ce.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3274/portaria_no_042-2023_-_novas_datas_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3273/portaria_no_041-2023_-_exonera_pablo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3272/portaria_no_040-2023_-_comissao_de_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3269/portaria_no_039-2023_-_ce_-_mensagem_de_veto_04.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3268/portaria_no_038-2023_-.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3267/portaria_no_037-2023_-_progressao_luana_-_q.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3266/portaria_no_036-2023_-_nomeia_kiara.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3265/portaria_no_035-2023_-.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3264/portaria_no_034-2023_-.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3249/portaria_no_033-2023_-.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3245/portaria_no_032-2023_-_marco_temporal_licitacao.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3244/portaria_no_031-2023_-_nomeia_ce.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3243/portaria_no_030-2023_-_nomeia_rafael.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3242/portaria_no_029-2023_-_nomeia_pablo.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3241/portaria_no_028-2023_-_revoga_portaria_12.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3166/portaria_no_027-2023_-_exonera_pablo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3165/portaria_no_026-2023_-_progressao_2o_quinquenio.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3164/portaria_no_025-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3163/portaria_no_024-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3162/portaria_no_023-2023_-_progressao_lucas.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3161/portaria_no_022-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3160/portaria_no_021-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3159/portaria_no_020-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3158/portaria_no_019-2023_-.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3157/portaria_no_018-2023_-_ferias_premio_lucilia.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3156/portaria_no_017-2023_-__quinquenio_lucilia.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3155/portaria_no_016-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3154/portaria_no_015-2023_-.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3153/portaria_no_014-2023_-_progressao_lucas.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3152/portaria_no_013-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3142/portaria_no_012-2023_-__gratificacao_dilza.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3141/portaria_no_011-2023_-__gratificacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3140/portaria_no_010-2023_-__gratificacao_daiane.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3139/portaria_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3138/portaria_no_008-2023_-__gratificacao_janiele.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3137/portaria_no_007-2023_-__gratificacao_lucilia.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3136/portaria_no_006-2023_-__gratificacao_luana.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3135/portaria_no_005-2023_-__calendario_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3134/portaria_no_004-2023_-__comissao_especial_recesso.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3133/portaria_no_003-2023_-__exoneracao_alisson.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3132/portaria_no_002-2023_-__pregoeiro.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3131/portaria_no_001-2023_-__comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3130/portaria_no_082-2022_-_26_dezembro_2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3126/portaria_no_081-2022_-_21_dezembro_2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3112/portaria_no_080-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3111/portaria_no_079-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3110/portaria_no_078-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3109/portaria_no_077-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3108/portaria_no_076-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3107/portaria_no_075-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3106/portaria_no_074-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3105/portaria_no_073-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3104/portaria_no_072-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3094/portaria_no_071-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3089/portaria_no_070-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3088/portaria_no_069-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3087/portaria_no_068-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3075/portaria_no_067.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3074/portaria_no_066-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3073/portaria_no_065-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3072/portaria_no_064-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3066/portaria_no_063-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3065/portaria_no_062-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3064/portaria_no_061-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3063/portaria_no_060-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3054/portaria_no_059-2022_-_altera_reuniao_do_dia_13-10.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3048/portaria_no_058-2022_-_comissao_especial_mveto_5.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3043/portaria_no_057-2022_-_comissao_especial_pdl_09_e_10.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3042/portaria_no_056-2022_-_progressao_carreira_kenia.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3041/portaria_no_055-2022_-_progressao_carreira_lucas.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2986/portaria_no_54-2022_-_procedimento_administrativo_para_pagamento.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2985/portaria_no_53-2022_-_gratificacao_guilherme_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2984/portaria_no_52-2022_-_gratificacao_daiane_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2983/portaria_no_51-2022_-_gratificacao_lucas_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2982/portaria_no_50-2022_-_gratificacao_janiele_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2981/portaria_no_49-2022_-_gratificacao_lucilia_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2980/portaria_no_48-2022_-_gratificacao_luana_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2971/portaria_no_47-2022_-_nomeia_alisso_domingues_fernandes.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2970/portaria_no_46-2022_-_nomeia_paulo_vitor_cimetta.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2969/portaria_no_45-2022_-_nomeia_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2968/portaria_no_44-2022_-_nomeia_alvina_goncalves_azevedo.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2967/portaria_no_43-2022_-_exonera_paulo_vitor_cimetta.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2966/portaria_no_42-2022_-_exonera_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2965/portaria_no_41-2022_-_exonera__alvina_goncalves_azevedo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2964/portaria_no_40-2022_-_tabela_diarias_de_viagem.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2962/portaria_no_39-2022_-_comissao_especial_veto_no_04.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2958/portaria_no_38-2022_-_progressao_luana.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2957/portaria_no_37-2022_-_comissao_especial_mvto_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2950/portaria_no_035-2022_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2949/portaria_no_034-2022_-_comissao_especial_decretos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2948/portaria_no_033-2022_-_comissao_especial_mvto_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2933/portaria_no_032-2022_-_comissao_especial_mvto_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2925/portaria_no_031-2022_-_revoga_portaria_24.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2924/portaria_no_030-2022_-_dispensa_das_atividades_no_dia_14-04.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2923/portaria_no_029-2022_-_nomeia_procuradora_especial_da_mulher_e_procuradoras_adjuntas.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2922/portaria_no_028-2022_-__constitui_comissao_permanente_de_inventario_avaliacao.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2871/portaria_no_027-2022_-__concede_progressao_glenise.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2870/portaria_no_026-2022_-__concede_progressao_a_daiane.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2869/portaria_no_025-2022_-_comissoes_permanentes_2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2868/portaria_no_024-2022_-_designa_daiane_para_auxiliar_comissao_processante.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2867/portaria_no_023-2022_-_progressao_daiane_aparecida_lima_oliveira_-_e_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2866/portaria_no_022-2022_-_progressao_janiele_alves_dos_reis_-_h_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2865/portaria_no_021-2022_-_progressao_janiele_alves_dos_reis_-_g_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2864/portaria_no_020-2022_-_progressao_luana_nunes_vieira_-_f_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2863/portaria_no_019-2022_-_progressao_lucilia_helena_moreira_-_f_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2862/portaria_no_018-2022_-_quinquenio_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2861/portaria_no_017-2022_-_quinquenio_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2860/portaria_no_016-2022_-_ferias_premio_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2859/portaria_no_015-2022_-_progressao_daiane_aparecida_lima_oliveira_-_d_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2858/portaria_no_014-2022_-_progressao_guilherme_da_silva_ordones_-_i_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2857/portaria_no_013-2022_-_progressao_dilza_faria_de_andrade_-_f_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2856/portaria_no_012-2022_-_progressao_lucas_teixeira_alves_-_e_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2855/portaria_no_011-2022_-_progressao_catia_silene_da_cruz_silva_-_h_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2850/portaria_no_010-2022_-_comissao_especial_-_recesso_parlamentar_ok.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2848/portaria_no_009-2022_-_calendario_oficial_de_reunioes_ordinarias_em_2022_-_ok.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2847/portaria_no_008-2022_-gratificacao_guilherme_da_silva_ordones.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2846/portaria_no_007-2022_-gratificacao_daiane_aparecida_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2845/portaria_no_006-2022_-gratificacao_lucas_teixeira_alves.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2844/portaria_no_005-2022_-gratificacao_janiele_alves_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2843/portaria_no_004-2022_-gratificacao_lucilia_helena_vieira.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2842/portaria_no_003-2022_-gratificacao_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2841/portaria_no_002-2022_-_nomeacao_pregoeiro_equipe_de_apoio_em_2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2840/portaria_no_001-2022_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2828/portaria_no_042_de_20_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2833/portaria_no_041_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2832/portaria_no_040_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2831/portaria_no_039_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2830/portaria_no_038_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2829/portaria_no_037_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2823/portaria_no_036_de_13_de_dezembro_de_2021_-_comissao_especial_veto_10.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2794/portaria_no_035_de_10_de_novembro_de_2021_-_comissao_especial_veto_09.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2793/portaria_no_034_de_09_de_novembro_de_2021_-_comissao_especial_vetos_06_07_e_08.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2754/portaria_no_032_de_18_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2691/portaria_no_030_de_12_de_julho_de_2021_--convertido.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2576/portaria_no_029_de_07_de_junho_de_2021_-_adia_de_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2573/portaria_no_28_de_18_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2572/portaria_no_27_de_22_de_abri_de_2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2564/portaria_no_026_de_20_de_abril_de_2021_-_comissao_especial_para_apreciacao_de_mveto_no_02_e_03-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2563/portaria_no_025_de_08_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2562/portaria_no_024_de_07_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2561/portaria_no_023_de_05_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2554/portaria_no_022_de_03_de_marco_de_2021_-_nova_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2552/portaria_no_021_de_02_de_marco_de_2021_-_destituida_catia.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2551/portaria_no_020_de_26_de_fevereiro_de_2021_-_prorroga_o_revezamento_e_suspende_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2550/portaria_no_019_de_22_de_fevereiro_de_2021_-_covid-19_atendimento_camara.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2549/portaria_no_018_de_22_de_fevereiro_de_2021_-_comissao_especial_p_veto.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2548/portaria_no_017_de_16_de_fevereiro_de_2021_-_sistema_revezamento_servidores_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2545/portaria_no_016_de_12_de_fevereiro_de_2021_-_nomeacao_das_comissoes_permanentes_2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2544/portaria_no_015_de_10_de_fevereiro_de_2021_-_sistema_revezamento_servidores_nos_dias_15_e_16-02.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2543/portaria_no_014_de_09_de_fevereiro_de_2021_-_medidas_covid_19.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2542/portaria_no_013_de_14_de_janeiro_de_2021_-_comissao_especial_-_recesso_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2541/portaria_no_012_de_14_de_janeiro_de_2021_-_calendario_oficial_de_reunioes_ordinarias_em_2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2540/portaria_no_011_de_05_de_janeiro_de_2021_-_gratificacao_-_daiane_aparecida_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2539/portaria_no_010_de_05_de_janeiro_de_2021_-_gratificacao_lucas_teixeira_alves.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2538/portaria_no_009_de_05_de_janeiro_de_2021_-_gratificacao_guilherme_da_silva_ordones.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2537/portaria_no_008_de_05_de_janeiro_de_2021_-_gratificacao_catia_silene_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2536/portaria_no_007_de_05_de_janeiro_de_2021_-_gratificacao_janiele_alves_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2535/portaria_no_006_de_05_de_janeiro_de_2021_-_gratificacao_lucilia_helena_moreira.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2534/portaria_no_005_de_05_de_janeiro_de_2021_-_gratificacao_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2533/portaria_no_004_de_05_de_janeiro_de_2021_-__nomeacao_pregoeiro_e_equipe_de_apoio_em_2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2532/portaria_no_003_de_05_de_janeiro_de_2021_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2531/portaria_no_002_de_05_de_janeiro_de_2021_-_nomeia_diretor_geral_-_alvina.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2530/portaria_no_001_de_04_de_janeiro_de_2021_-_exonera_diretor_geral_-_ronan.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2014/3151/portaria_no_05-2014.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2013/3150/portaria_13-2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3750/portaria_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3749/portaria_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3721/portaria_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3701/portaria_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3694/portaria_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3693/portaria_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3692/portaria_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3690/portaria_no_59-2025..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3689/portaria_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3688/portaria_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3687/portaria_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3686/portaria_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3684/portaria_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3683/portaria_no_53_de_30_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3680/portaria_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3679/portaria_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3678/portaria_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3657/portaria_no_49-2025_ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3656/portaria_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3655/portaria_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3654/portaria_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3653/portaria_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3652/portaria_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3651/portaria_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3649/portaria_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3648/portaria_no_41-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3647/portaria_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3646/portaria_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3645/portaria_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3639/portaria_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3638/portaria_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3637/portaria_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3636/portaria_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3635/portaria_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3634/portaria_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3633/portaria_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3632/portaria_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3631/skm_c36825012411190.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3630/portaria_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3629/portaria_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3628/portaria_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3627/portaria_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3626/portaria_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3625/portaria_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3624/portaria_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3623/portaria_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3622/portaria_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3621/portaria_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3620/portaria_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3619/portaria_no_17-2025..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3618/portaria_no_16_-_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3617/portaria_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3616/portaria_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3615/portaria_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3614/portaria_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3613/portaria_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3612/portaria_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3608/portaria_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3607/portaria_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3606/portaria_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3605/portaria_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3604/portaria_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3603/portaria_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3600/portaria_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3599/portaria_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3598/portaria_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3597/portaria_no_107-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3596/portaria_no_106-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3595/portaria_no_105-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3594/portaria_no_104-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3593/portaria_no_103-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3592/portaria_no_102-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3588/portaria_no_101_de_05_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3582/portaria_no_100-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3581/portaria-no-099-2024-comissao-valores-dos-bens-patrimoniais.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3580/portaria_no_98-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3579/portaria_no_97-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3578/portaria_no_96-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3577/portaria_no_95-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3576/portaria_no_94-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3575/portaria_no_93-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3565/portaria_no_92-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3564/portaria_no_91-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3558/portaria_no_90-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3557/portaria_no_89-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3556/portaria_no_88-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3555/portaria_no_87-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3554/portaria_no_86-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3549/portaria_no_85-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3548/portaria_no_84-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3547/portaria_no_83-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3546/portaria_no_82-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3542/portaria_no_81-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3541/portaria_no_80-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3540/portaria_no_79-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3539/portaria_no_78-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3531/portaria_no_77-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3530/portaria_no_76-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3529/portaria_no_75-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3527/portaria_no_74-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3517/portaria_no_73-2024-.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3516/portaria_no_72-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3515/portaria_no_71-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3514/portaria_no_70-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3513/portaria_no_69-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3512/portaria_no_68-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3496/portaria_no_67-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3495/portaria_no_66-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3494/portaria_no_65-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3493/portaria_no_64-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3492/portaria_no_63-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3491/portaria_no_62-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3490/portaria_no_61-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3489/portaria_no_60-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3488/portaria_no_59-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3487/portaria_no_58-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3486/portaria_no_57-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3485/portaria_no_55-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3479/portaria_no_55-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3478/portaria_no_54-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3477/portaria_no_53-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3476/portaria_no_52-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3475/portaria_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3474/portaria_no_50-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3473/portaria_no_49-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3472/portaria_no_48-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3471/portaria_no_47-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3470/portaria_no_46-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3469/portaria_no_45-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3468/portaria_no_44-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3467/portaria_no_43-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3466/portaria_no_42-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3465/portaria_no_41-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3459/portaria_no_40_-_cm.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3458/portaria_no_39_-_cm.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3457/portaria_no_38-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3456/portaria_no_37-2023_-_nomeacao_assessora.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3455/portaria_no_36-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3454/portaria_no_35-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3453/portaria_no_34-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3452/portaria_no_33-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3451/portaria_no_32-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3450/portaria_no_31-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3449/portaria_no_30-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3448/portaria_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3447/portaria_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3446/portaria_no_27-2023_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3445/portaria_no_26-2023_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3437/portaria_no_25-2023_-_comissao_especial_recesso.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3436/portaria_no_24-2024_-_convocacao_thomas_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3435/portaria_no_23-2024_-_convocacao_alana_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3434/portaria_no_22-2024_-_convocacao_tiago_-oficial.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3433/portaria_no_21-2024_-_convocacao_silvanio_-contador.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3432/portaria_no_20-2023_-_homologacao_do_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3431/portaria_no_19-2023_-_calendario_das_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3430/portaria_no_18-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3429/portaria_no_17-2023_-_gratificacao_lucas.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3428/portaria_no_16-2023_-_gratificacao_catia.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3427/portaria_no_15-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3426/portaria_no_14-2023_-_gratificacao_dilza.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3425/portaria_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3424/portaria_no_12-2023_-_gratificacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3423/portaria_no_11-2023_-_composicao_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3422/portaria_no_10-2024_-_anexo_novo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3421/portaria_no_09-2024..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3420/portaria_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3419/portaria_no_07-2024_compressed.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3418/portaria_no_06-2024-compactado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3417/portaria_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3416/portaria_no_04-2024-compactado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3415/portaria_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3414/portaria_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3413/portaria_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3406/portaria_no_077-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3405/portaria_no_076-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3404/portaria_no_075-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3403/portaria_no_074-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3402/portaria_no_073-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3401/portaria_no_072-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3398/portaria_no_071-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3397/portaria_no_70-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3396/portaria_69-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3388/portaria_no_068-2023_-_expediente_dos_dias_16_e_17-11.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3387/portaria_no_067-2023_-_revoga_portaria_32.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3373/portaria_no_066-2023_-_comissao_especial_dos_decretos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3372/portaria_no_065-2023_-_comissao_especial_das_mensagens_de_veto_16_a_19.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3352/portaria_no_064-2023_-_progressao_guilherme_-_t.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3351/portaria_no_63-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3346/portaria_no_062-2023_-_ce.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3325/portaria_no_61-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3321/portaria_no_060-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3320/portaria_no_059-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3319/portaria_no_058-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3317/portaria_no_056-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3316/portaria_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3313/portaria_no_054-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3312/portaria_no_053-2023_-.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3311/portaria_no_052-2023_-.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3310/portaria_no_051-2023_-.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3299/portaria_no_050-2023_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3298/portaria_no-_49-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3293/portaria_no_048-2023_-_nomeacao_diretor_de_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3292/portaria_no_047-2023_-_2_lucas.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3291/portaria_no_046-2023_-_2_daiane.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3290/portaria_no_045-2023_-_progressao_guilherme_-_q.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3289/portaria_no_044-2023_-_progressao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3288/portaria_no_043-2023_-_ce.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3274/portaria_no_042-2023_-_novas_datas_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3273/portaria_no_041-2023_-_exonera_pablo.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3272/portaria_no_040-2023_-_comissao_de_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3269/portaria_no_039-2023_-_ce_-_mensagem_de_veto_04.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3268/portaria_no_038-2023_-.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3267/portaria_no_037-2023_-_progressao_luana_-_q.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3266/portaria_no_036-2023_-_nomeia_kiara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3265/portaria_no_035-2023_-.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3264/portaria_no_034-2023_-.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3249/portaria_no_033-2023_-.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3245/portaria_no_032-2023_-_marco_temporal_licitacao.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3244/portaria_no_031-2023_-_nomeia_ce.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3243/portaria_no_030-2023_-_nomeia_rafael.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3242/portaria_no_029-2023_-_nomeia_pablo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3241/portaria_no_028-2023_-_revoga_portaria_12.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3166/portaria_no_027-2023_-_exonera_pablo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3165/portaria_no_026-2023_-_progressao_2o_quinquenio.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3164/portaria_no_025-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3163/portaria_no_024-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3162/portaria_no_023-2023_-_progressao_lucas.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3161/portaria_no_022-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3160/portaria_no_021-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3159/portaria_no_020-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3158/portaria_no_019-2023_-.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3157/portaria_no_018-2023_-_ferias_premio_lucilia.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3156/portaria_no_017-2023_-__quinquenio_lucilia.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3155/portaria_no_016-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3154/portaria_no_015-2023_-.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3153/portaria_no_014-2023_-_progressao_lucas.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3152/portaria_no_013-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3142/portaria_no_012-2023_-__gratificacao_dilza.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3141/portaria_no_011-2023_-__gratificacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3140/portaria_no_010-2023_-__gratificacao_daiane.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3139/portaria_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3138/portaria_no_008-2023_-__gratificacao_janiele.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3137/portaria_no_007-2023_-__gratificacao_lucilia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3136/portaria_no_006-2023_-__gratificacao_luana.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3135/portaria_no_005-2023_-__calendario_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3134/portaria_no_004-2023_-__comissao_especial_recesso.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3133/portaria_no_003-2023_-__exoneracao_alisson.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3132/portaria_no_002-2023_-__pregoeiro.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3131/portaria_no_001-2023_-__comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3130/portaria_no_082-2022_-_26_dezembro_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3126/portaria_no_081-2022_-_21_dezembro_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3112/portaria_no_080-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3111/portaria_no_079-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3110/portaria_no_078-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3109/portaria_no_077-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3108/portaria_no_076-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3107/portaria_no_075-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3106/portaria_no_074-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3105/portaria_no_073-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3104/portaria_no_072-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3094/portaria_no_071-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3089/portaria_no_070-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3088/portaria_no_069-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3087/portaria_no_068-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3075/portaria_no_067.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3074/portaria_no_066-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3073/portaria_no_065-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3072/portaria_no_064-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3066/portaria_no_063-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3065/portaria_no_062-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3064/portaria_no_061-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3063/portaria_no_060-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3054/portaria_no_059-2022_-_altera_reuniao_do_dia_13-10.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3048/portaria_no_058-2022_-_comissao_especial_mveto_5.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3043/portaria_no_057-2022_-_comissao_especial_pdl_09_e_10.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3042/portaria_no_056-2022_-_progressao_carreira_kenia.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3041/portaria_no_055-2022_-_progressao_carreira_lucas.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2986/portaria_no_54-2022_-_procedimento_administrativo_para_pagamento.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2985/portaria_no_53-2022_-_gratificacao_guilherme_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2984/portaria_no_52-2022_-_gratificacao_daiane_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2983/portaria_no_51-2022_-_gratificacao_lucas_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2982/portaria_no_50-2022_-_gratificacao_janiele_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2981/portaria_no_49-2022_-_gratificacao_lucilia_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2980/portaria_no_48-2022_-_gratificacao_luana_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2971/portaria_no_47-2022_-_nomeia_alisso_domingues_fernandes.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2970/portaria_no_46-2022_-_nomeia_paulo_vitor_cimetta.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2969/portaria_no_45-2022_-_nomeia_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2968/portaria_no_44-2022_-_nomeia_alvina_goncalves_azevedo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2967/portaria_no_43-2022_-_exonera_paulo_vitor_cimetta.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2966/portaria_no_42-2022_-_exonera_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2965/portaria_no_41-2022_-_exonera__alvina_goncalves_azevedo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2964/portaria_no_40-2022_-_tabela_diarias_de_viagem.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2962/portaria_no_39-2022_-_comissao_especial_veto_no_04.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2958/portaria_no_38-2022_-_progressao_luana.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2957/portaria_no_37-2022_-_comissao_especial_mvto_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2950/portaria_no_035-2022_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2949/portaria_no_034-2022_-_comissao_especial_decretos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2948/portaria_no_033-2022_-_comissao_especial_mvto_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2933/portaria_no_032-2022_-_comissao_especial_mvto_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2925/portaria_no_031-2022_-_revoga_portaria_24.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2924/portaria_no_030-2022_-_dispensa_das_atividades_no_dia_14-04.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2923/portaria_no_029-2022_-_nomeia_procuradora_especial_da_mulher_e_procuradoras_adjuntas.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2922/portaria_no_028-2022_-__constitui_comissao_permanente_de_inventario_avaliacao.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2871/portaria_no_027-2022_-__concede_progressao_glenise.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2870/portaria_no_026-2022_-__concede_progressao_a_daiane.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2869/portaria_no_025-2022_-_comissoes_permanentes_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2868/portaria_no_024-2022_-_designa_daiane_para_auxiliar_comissao_processante.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2867/portaria_no_023-2022_-_progressao_daiane_aparecida_lima_oliveira_-_e_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2866/portaria_no_022-2022_-_progressao_janiele_alves_dos_reis_-_h_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2865/portaria_no_021-2022_-_progressao_janiele_alves_dos_reis_-_g_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2864/portaria_no_020-2022_-_progressao_luana_nunes_vieira_-_f_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2863/portaria_no_019-2022_-_progressao_lucilia_helena_moreira_-_f_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2862/portaria_no_018-2022_-_quinquenio_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2861/portaria_no_017-2022_-_quinquenio_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2860/portaria_no_016-2022_-_ferias_premio_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2859/portaria_no_015-2022_-_progressao_daiane_aparecida_lima_oliveira_-_d_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2858/portaria_no_014-2022_-_progressao_guilherme_da_silva_ordones_-_i_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2857/portaria_no_013-2022_-_progressao_dilza_faria_de_andrade_-_f_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2856/portaria_no_012-2022_-_progressao_lucas_teixeira_alves_-_e_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2855/portaria_no_011-2022_-_progressao_catia_silene_da_cruz_silva_-_h_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2850/portaria_no_010-2022_-_comissao_especial_-_recesso_parlamentar_ok.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2848/portaria_no_009-2022_-_calendario_oficial_de_reunioes_ordinarias_em_2022_-_ok.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2847/portaria_no_008-2022_-gratificacao_guilherme_da_silva_ordones.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2846/portaria_no_007-2022_-gratificacao_daiane_aparecida_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2845/portaria_no_006-2022_-gratificacao_lucas_teixeira_alves.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2844/portaria_no_005-2022_-gratificacao_janiele_alves_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2843/portaria_no_004-2022_-gratificacao_lucilia_helena_vieira.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2842/portaria_no_003-2022_-gratificacao_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2841/portaria_no_002-2022_-_nomeacao_pregoeiro_equipe_de_apoio_em_2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2840/portaria_no_001-2022_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2828/portaria_no_042_de_20_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2833/portaria_no_041_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2832/portaria_no_040_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2831/portaria_no_039_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2830/portaria_no_038_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2829/portaria_no_037_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2823/portaria_no_036_de_13_de_dezembro_de_2021_-_comissao_especial_veto_10.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2794/portaria_no_035_de_10_de_novembro_de_2021_-_comissao_especial_veto_09.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2793/portaria_no_034_de_09_de_novembro_de_2021_-_comissao_especial_vetos_06_07_e_08.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2754/portaria_no_032_de_18_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2691/portaria_no_030_de_12_de_julho_de_2021_--convertido.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2576/portaria_no_029_de_07_de_junho_de_2021_-_adia_de_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2573/portaria_no_28_de_18_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2572/portaria_no_27_de_22_de_abri_de_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2564/portaria_no_026_de_20_de_abril_de_2021_-_comissao_especial_para_apreciacao_de_mveto_no_02_e_03-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2563/portaria_no_025_de_08_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2562/portaria_no_024_de_07_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2561/portaria_no_023_de_05_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2554/portaria_no_022_de_03_de_marco_de_2021_-_nova_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2552/portaria_no_021_de_02_de_marco_de_2021_-_destituida_catia.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2551/portaria_no_020_de_26_de_fevereiro_de_2021_-_prorroga_o_revezamento_e_suspende_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2550/portaria_no_019_de_22_de_fevereiro_de_2021_-_covid-19_atendimento_camara.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2549/portaria_no_018_de_22_de_fevereiro_de_2021_-_comissao_especial_p_veto.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2548/portaria_no_017_de_16_de_fevereiro_de_2021_-_sistema_revezamento_servidores_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2545/portaria_no_016_de_12_de_fevereiro_de_2021_-_nomeacao_das_comissoes_permanentes_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2544/portaria_no_015_de_10_de_fevereiro_de_2021_-_sistema_revezamento_servidores_nos_dias_15_e_16-02.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2543/portaria_no_014_de_09_de_fevereiro_de_2021_-_medidas_covid_19.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2542/portaria_no_013_de_14_de_janeiro_de_2021_-_comissao_especial_-_recesso_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2541/portaria_no_012_de_14_de_janeiro_de_2021_-_calendario_oficial_de_reunioes_ordinarias_em_2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2540/portaria_no_011_de_05_de_janeiro_de_2021_-_gratificacao_-_daiane_aparecida_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2539/portaria_no_010_de_05_de_janeiro_de_2021_-_gratificacao_lucas_teixeira_alves.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2538/portaria_no_009_de_05_de_janeiro_de_2021_-_gratificacao_guilherme_da_silva_ordones.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2537/portaria_no_008_de_05_de_janeiro_de_2021_-_gratificacao_catia_silene_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2536/portaria_no_007_de_05_de_janeiro_de_2021_-_gratificacao_janiele_alves_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2535/portaria_no_006_de_05_de_janeiro_de_2021_-_gratificacao_lucilia_helena_moreira.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2534/portaria_no_005_de_05_de_janeiro_de_2021_-_gratificacao_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2533/portaria_no_004_de_05_de_janeiro_de_2021_-__nomeacao_pregoeiro_e_equipe_de_apoio_em_2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2532/portaria_no_003_de_05_de_janeiro_de_2021_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2531/portaria_no_002_de_05_de_janeiro_de_2021_-_nomeia_diretor_geral_-_alvina.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2530/portaria_no_001_de_04_de_janeiro_de_2021_-_exonera_diretor_geral_-_ronan.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2014/3151/portaria_no_05-2014.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2013/3150/portaria_13-2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G375"/>
+  <dimension ref="A1:G377"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="179.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -5577,7173 +5595,7219 @@
       </c>
       <c r="B65" t="s">
         <v>8</v>
       </c>
       <c r="C65" t="s">
         <v>263</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>264</v>
       </c>
       <c r="G65" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>266</v>
       </c>
       <c r="B66" t="s">
+        <v>8</v>
+      </c>
+      <c r="C66" t="s">
         <v>267</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="D66" t="s">
-[...5 lines deleted...]
-      <c r="F66" s="1" t="s">
+      <c r="G66" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
+        <v>270</v>
+      </c>
+      <c r="B67" t="s">
+        <v>8</v>
+      </c>
+      <c r="C67" t="s">
         <v>271</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>10</v>
+      </c>
+      <c r="E67" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="D67" t="s">
-[...5 lines deleted...]
-      <c r="F67" s="1" t="s">
+      <c r="G67" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
+        <v>274</v>
+      </c>
+      <c r="B68" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="C68" t="s">
         <v>276</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>277</v>
       </c>
       <c r="G68" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>279</v>
       </c>
       <c r="B69" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C69" t="s">
         <v>280</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>281</v>
       </c>
       <c r="G69" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>283</v>
       </c>
       <c r="B70" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C70" t="s">
         <v>284</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>285</v>
       </c>
       <c r="G70" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>287</v>
       </c>
       <c r="B71" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C71" t="s">
         <v>288</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>289</v>
       </c>
       <c r="G71" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>291</v>
       </c>
       <c r="B72" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C72" t="s">
         <v>292</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>293</v>
       </c>
       <c r="G72" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>295</v>
       </c>
       <c r="B73" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C73" t="s">
         <v>296</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>297</v>
       </c>
       <c r="G73" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>299</v>
       </c>
       <c r="B74" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C74" t="s">
         <v>300</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>301</v>
       </c>
       <c r="G74" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>303</v>
       </c>
       <c r="B75" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C75" t="s">
         <v>304</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>305</v>
       </c>
       <c r="G75" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>307</v>
       </c>
       <c r="B76" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C76" t="s">
         <v>308</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>309</v>
       </c>
       <c r="G76" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>311</v>
       </c>
       <c r="B77" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C77" t="s">
         <v>312</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>313</v>
       </c>
       <c r="G77" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>315</v>
       </c>
       <c r="B78" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C78" t="s">
         <v>316</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>317</v>
       </c>
       <c r="G78" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>319</v>
       </c>
       <c r="B79" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C79" t="s">
         <v>320</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>321</v>
       </c>
       <c r="G79" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>323</v>
       </c>
       <c r="B80" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C80" t="s">
         <v>324</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>325</v>
       </c>
       <c r="G80" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>327</v>
       </c>
       <c r="B81" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C81" t="s">
         <v>328</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>329</v>
       </c>
       <c r="G81" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>331</v>
       </c>
       <c r="B82" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C82" t="s">
         <v>332</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>333</v>
       </c>
       <c r="G82" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>335</v>
       </c>
       <c r="B83" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C83" t="s">
         <v>336</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>337</v>
       </c>
       <c r="G83" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>339</v>
       </c>
       <c r="B84" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C84" t="s">
         <v>340</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>341</v>
       </c>
       <c r="G84" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>343</v>
       </c>
       <c r="B85" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C85" t="s">
         <v>344</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>345</v>
       </c>
       <c r="G85" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>347</v>
       </c>
       <c r="B86" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C86" t="s">
         <v>348</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G86" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>351</v>
       </c>
       <c r="B87" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C87" t="s">
         <v>352</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>353</v>
       </c>
       <c r="G87" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>355</v>
       </c>
       <c r="B88" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C88" t="s">
         <v>356</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>357</v>
       </c>
       <c r="G88" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>359</v>
       </c>
       <c r="B89" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C89" t="s">
         <v>360</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>361</v>
       </c>
       <c r="G89" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>363</v>
       </c>
       <c r="B90" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C90" t="s">
         <v>364</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>365</v>
       </c>
       <c r="G90" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>367</v>
       </c>
       <c r="B91" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C91" t="s">
         <v>368</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>369</v>
       </c>
       <c r="G91" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>371</v>
       </c>
       <c r="B92" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C92" t="s">
         <v>372</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>373</v>
       </c>
       <c r="G92" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>375</v>
       </c>
       <c r="B93" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C93" t="s">
         <v>376</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>377</v>
       </c>
       <c r="G93" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
         <v>379</v>
       </c>
       <c r="B94" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C94" t="s">
         <v>380</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>381</v>
       </c>
       <c r="G94" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
         <v>383</v>
       </c>
       <c r="B95" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C95" t="s">
         <v>384</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>385</v>
       </c>
       <c r="G95" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
         <v>387</v>
       </c>
       <c r="B96" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C96" t="s">
         <v>388</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>389</v>
       </c>
       <c r="G96" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
         <v>391</v>
       </c>
       <c r="B97" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C97" t="s">
         <v>392</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>393</v>
       </c>
       <c r="G97" t="s">
         <v>394</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
         <v>395</v>
       </c>
       <c r="B98" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C98" t="s">
         <v>396</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>397</v>
       </c>
       <c r="G98" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>399</v>
       </c>
       <c r="B99" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C99" t="s">
         <v>400</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>401</v>
       </c>
       <c r="G99" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>403</v>
       </c>
       <c r="B100" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C100" t="s">
         <v>404</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>405</v>
       </c>
       <c r="G100" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>407</v>
       </c>
       <c r="B101" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C101" t="s">
         <v>408</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>409</v>
       </c>
       <c r="G101" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
         <v>411</v>
       </c>
       <c r="B102" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C102" t="s">
         <v>412</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>413</v>
       </c>
       <c r="G102" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>415</v>
       </c>
       <c r="B103" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C103" t="s">
         <v>416</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>417</v>
       </c>
       <c r="G103" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>419</v>
       </c>
       <c r="B104" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C104" t="s">
         <v>420</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>421</v>
       </c>
       <c r="G104" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
         <v>423</v>
       </c>
       <c r="B105" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C105" t="s">
         <v>424</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>425</v>
       </c>
       <c r="G105" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>427</v>
       </c>
       <c r="B106" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C106" t="s">
         <v>428</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>429</v>
       </c>
       <c r="G106" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>431</v>
       </c>
       <c r="B107" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C107" t="s">
         <v>432</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>433</v>
       </c>
       <c r="G107" t="s">
-        <v>225</v>
+        <v>434</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B108" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C108" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="G108" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="B109" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C109" t="s">
         <v>9</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="G109" t="s">
-        <v>440</v>
+        <v>233</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>441</v>
       </c>
       <c r="B110" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C110" t="s">
         <v>15</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>442</v>
       </c>
       <c r="G110" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>444</v>
       </c>
       <c r="B111" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C111" t="s">
         <v>19</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>445</v>
       </c>
       <c r="G111" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>447</v>
       </c>
       <c r="B112" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C112" t="s">
         <v>23</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>448</v>
       </c>
       <c r="G112" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
         <v>450</v>
       </c>
       <c r="B113" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C113" t="s">
         <v>27</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>451</v>
       </c>
       <c r="G113" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
         <v>453</v>
       </c>
       <c r="B114" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C114" t="s">
         <v>31</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>454</v>
       </c>
       <c r="G114" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
         <v>456</v>
       </c>
       <c r="B115" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C115" t="s">
         <v>35</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>457</v>
       </c>
       <c r="G115" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
         <v>459</v>
       </c>
       <c r="B116" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C116" t="s">
         <v>39</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>460</v>
       </c>
       <c r="G116" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>462</v>
       </c>
       <c r="B117" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C117" t="s">
         <v>43</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>463</v>
       </c>
       <c r="G117" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>465</v>
       </c>
       <c r="B118" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C118" t="s">
         <v>47</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>466</v>
       </c>
       <c r="G118" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>468</v>
       </c>
       <c r="B119" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C119" t="s">
         <v>51</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>469</v>
       </c>
       <c r="G119" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
         <v>471</v>
       </c>
       <c r="B120" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C120" t="s">
         <v>55</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>472</v>
       </c>
       <c r="G120" t="s">
-        <v>185</v>
+        <v>473</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B121" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C121" t="s">
         <v>59</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="G121" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B122" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C122" t="s">
         <v>63</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="G122" t="s">
-        <v>478</v>
+        <v>193</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
         <v>479</v>
       </c>
       <c r="B123" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C123" t="s">
         <v>67</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>480</v>
       </c>
       <c r="G123" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
         <v>482</v>
       </c>
       <c r="B124" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C124" t="s">
         <v>71</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>483</v>
       </c>
       <c r="G124" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
         <v>485</v>
       </c>
       <c r="B125" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C125" t="s">
         <v>75</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>486</v>
       </c>
       <c r="G125" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
         <v>488</v>
       </c>
       <c r="B126" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C126" t="s">
         <v>79</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>489</v>
       </c>
       <c r="G126" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
         <v>491</v>
       </c>
       <c r="B127" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C127" t="s">
         <v>83</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>492</v>
       </c>
       <c r="G127" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>494</v>
       </c>
       <c r="B128" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C128" t="s">
         <v>87</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>495</v>
       </c>
       <c r="G128" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
         <v>497</v>
       </c>
       <c r="B129" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C129" t="s">
         <v>91</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>498</v>
       </c>
       <c r="G129" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
         <v>500</v>
       </c>
       <c r="B130" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C130" t="s">
         <v>95</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>501</v>
       </c>
       <c r="G130" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
         <v>503</v>
       </c>
       <c r="B131" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C131" t="s">
         <v>99</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>504</v>
       </c>
       <c r="G131" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
         <v>506</v>
       </c>
       <c r="B132" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C132" t="s">
         <v>103</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>507</v>
       </c>
       <c r="G132" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>509</v>
       </c>
       <c r="B133" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C133" t="s">
         <v>107</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>510</v>
       </c>
       <c r="G133" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>512</v>
       </c>
       <c r="B134" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C134" t="s">
         <v>111</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>513</v>
       </c>
       <c r="G134" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>515</v>
       </c>
       <c r="B135" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C135" t="s">
         <v>115</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>516</v>
       </c>
       <c r="G135" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>518</v>
       </c>
       <c r="B136" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C136" t="s">
         <v>119</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>519</v>
       </c>
       <c r="G136" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>521</v>
       </c>
       <c r="B137" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C137" t="s">
         <v>123</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>522</v>
       </c>
       <c r="G137" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>524</v>
       </c>
       <c r="B138" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C138" t="s">
         <v>127</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>525</v>
       </c>
       <c r="G138" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>527</v>
       </c>
       <c r="B139" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C139" t="s">
         <v>131</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>528</v>
       </c>
       <c r="G139" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>530</v>
       </c>
       <c r="B140" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C140" t="s">
         <v>135</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>531</v>
       </c>
       <c r="G140" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>533</v>
       </c>
       <c r="B141" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C141" t="s">
         <v>139</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>534</v>
       </c>
       <c r="G141" t="s">
-        <v>225</v>
+        <v>535</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B142" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C142" t="s">
         <v>143</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="G142" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B143" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C143" t="s">
         <v>147</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="G143" t="s">
-        <v>540</v>
+        <v>233</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>541</v>
       </c>
       <c r="B144" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C144" t="s">
         <v>151</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>542</v>
       </c>
       <c r="G144" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>544</v>
       </c>
       <c r="B145" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C145" t="s">
         <v>155</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>545</v>
       </c>
       <c r="G145" t="s">
         <v>546</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>547</v>
       </c>
       <c r="B146" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C146" t="s">
         <v>159</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>548</v>
       </c>
       <c r="G146" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>550</v>
       </c>
       <c r="B147" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C147" t="s">
         <v>163</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>551</v>
       </c>
       <c r="G147" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>553</v>
       </c>
       <c r="B148" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C148" t="s">
         <v>167</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>554</v>
       </c>
       <c r="G148" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>556</v>
       </c>
       <c r="B149" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C149" t="s">
         <v>171</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>557</v>
       </c>
       <c r="G149" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
         <v>559</v>
       </c>
       <c r="B150" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C150" t="s">
         <v>175</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>560</v>
       </c>
       <c r="G150" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>562</v>
       </c>
       <c r="B151" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C151" t="s">
         <v>179</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>563</v>
       </c>
       <c r="G151" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>565</v>
       </c>
       <c r="B152" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C152" t="s">
         <v>183</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>566</v>
       </c>
       <c r="G152" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>568</v>
       </c>
       <c r="B153" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C153" t="s">
         <v>187</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>569</v>
       </c>
       <c r="G153" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>571</v>
       </c>
       <c r="B154" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C154" t="s">
         <v>191</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>572</v>
       </c>
       <c r="G154" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>574</v>
       </c>
       <c r="B155" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C155" t="s">
         <v>195</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>575</v>
       </c>
       <c r="G155" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>577</v>
       </c>
       <c r="B156" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C156" t="s">
         <v>199</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>578</v>
       </c>
       <c r="G156" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>580</v>
       </c>
       <c r="B157" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C157" t="s">
         <v>203</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>581</v>
       </c>
       <c r="G157" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>583</v>
       </c>
       <c r="B158" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C158" t="s">
         <v>207</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>584</v>
       </c>
       <c r="G158" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>586</v>
       </c>
       <c r="B159" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C159" t="s">
         <v>211</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>587</v>
       </c>
       <c r="G159" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>589</v>
       </c>
       <c r="B160" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C160" t="s">
         <v>215</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>590</v>
       </c>
       <c r="G160" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>592</v>
       </c>
       <c r="B161" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C161" t="s">
         <v>219</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>593</v>
       </c>
       <c r="G161" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>595</v>
       </c>
       <c r="B162" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C162" t="s">
         <v>223</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>596</v>
       </c>
       <c r="G162" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
         <v>598</v>
       </c>
       <c r="B163" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C163" t="s">
         <v>227</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>599</v>
       </c>
       <c r="G163" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
         <v>601</v>
       </c>
       <c r="B164" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C164" t="s">
         <v>231</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>602</v>
       </c>
       <c r="G164" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>604</v>
       </c>
       <c r="B165" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C165" t="s">
         <v>235</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>605</v>
       </c>
       <c r="G165" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>607</v>
       </c>
       <c r="B166" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C166" t="s">
         <v>239</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>608</v>
       </c>
       <c r="G166" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>610</v>
       </c>
       <c r="B167" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C167" t="s">
         <v>243</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>611</v>
       </c>
       <c r="G167" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
         <v>613</v>
       </c>
       <c r="B168" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C168" t="s">
         <v>247</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>614</v>
       </c>
       <c r="G168" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
         <v>616</v>
       </c>
       <c r="B169" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C169" t="s">
         <v>251</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>617</v>
       </c>
       <c r="G169" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
         <v>619</v>
       </c>
       <c r="B170" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C170" t="s">
         <v>255</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>620</v>
       </c>
       <c r="G170" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
         <v>622</v>
       </c>
       <c r="B171" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C171" t="s">
         <v>259</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>623</v>
       </c>
       <c r="G171" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
         <v>625</v>
       </c>
       <c r="B172" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="C172" t="s">
         <v>263</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>626</v>
       </c>
       <c r="G172" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
         <v>628</v>
       </c>
       <c r="B173" t="s">
+        <v>275</v>
+      </c>
+      <c r="C173" t="s">
+        <v>267</v>
+      </c>
+      <c r="D173" t="s">
+        <v>10</v>
+      </c>
+      <c r="E173" t="s">
+        <v>11</v>
+      </c>
+      <c r="F173" s="1" t="s">
         <v>629</v>
       </c>
-      <c r="C173" t="s">
-[...8 lines deleted...]
-      <c r="F173" s="1" t="s">
+      <c r="G173" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
+        <v>631</v>
+      </c>
+      <c r="B174" t="s">
+        <v>275</v>
+      </c>
+      <c r="C174" t="s">
+        <v>271</v>
+      </c>
+      <c r="D174" t="s">
+        <v>10</v>
+      </c>
+      <c r="E174" t="s">
+        <v>11</v>
+      </c>
+      <c r="F174" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="B174" t="s">
-[...11 lines deleted...]
-      <c r="F174" s="1" t="s">
+      <c r="G174" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
+        <v>634</v>
+      </c>
+      <c r="B175" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
       <c r="C175" t="s">
         <v>396</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>636</v>
       </c>
       <c r="G175" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>638</v>
       </c>
       <c r="B176" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C176" t="s">
         <v>400</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>639</v>
       </c>
       <c r="G176" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>641</v>
       </c>
       <c r="B177" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C177" t="s">
         <v>404</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>642</v>
       </c>
       <c r="G177" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>644</v>
       </c>
       <c r="B178" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C178" t="s">
         <v>408</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>645</v>
       </c>
       <c r="G178" t="s">
         <v>646</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>647</v>
       </c>
       <c r="B179" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C179" t="s">
         <v>412</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>648</v>
       </c>
       <c r="G179" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>650</v>
       </c>
       <c r="B180" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C180" t="s">
         <v>416</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>651</v>
       </c>
       <c r="G180" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
         <v>653</v>
       </c>
       <c r="B181" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C181" t="s">
         <v>420</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>654</v>
       </c>
       <c r="G181" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>656</v>
       </c>
       <c r="B182" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C182" t="s">
         <v>424</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>657</v>
       </c>
       <c r="G182" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
         <v>659</v>
       </c>
       <c r="B183" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C183" t="s">
         <v>428</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>660</v>
       </c>
       <c r="G183" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
         <v>662</v>
       </c>
       <c r="B184" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C184" t="s">
         <v>432</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>663</v>
       </c>
       <c r="G184" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>665</v>
       </c>
       <c r="B185" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C185" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>666</v>
       </c>
       <c r="G185" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>668</v>
       </c>
       <c r="B186" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C186" t="s">
         <v>9</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>669</v>
       </c>
       <c r="G186" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>671</v>
       </c>
       <c r="B187" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C187" t="s">
         <v>15</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>672</v>
       </c>
       <c r="G187" t="s">
         <v>673</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>674</v>
       </c>
       <c r="B188" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C188" t="s">
         <v>19</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>675</v>
       </c>
       <c r="G188" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
         <v>677</v>
       </c>
       <c r="B189" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C189" t="s">
         <v>23</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>678</v>
       </c>
       <c r="G189" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
         <v>680</v>
       </c>
       <c r="B190" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C190" t="s">
         <v>27</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>681</v>
       </c>
       <c r="G190" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>683</v>
       </c>
       <c r="B191" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C191" t="s">
         <v>31</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>684</v>
       </c>
       <c r="G191" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
         <v>686</v>
       </c>
       <c r="B192" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C192" t="s">
         <v>35</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>687</v>
       </c>
       <c r="G192" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
         <v>689</v>
       </c>
       <c r="B193" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C193" t="s">
         <v>39</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>690</v>
       </c>
       <c r="G193" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
         <v>692</v>
       </c>
       <c r="B194" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C194" t="s">
         <v>43</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>693</v>
       </c>
       <c r="G194" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
         <v>695</v>
       </c>
       <c r="B195" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C195" t="s">
         <v>47</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>696</v>
       </c>
       <c r="G195" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
         <v>698</v>
       </c>
       <c r="B196" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C196" t="s">
         <v>51</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>699</v>
       </c>
       <c r="G196" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
         <v>701</v>
       </c>
       <c r="B197" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C197" t="s">
         <v>55</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>702</v>
       </c>
       <c r="G197" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>704</v>
       </c>
       <c r="B198" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C198" t="s">
         <v>59</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>705</v>
       </c>
       <c r="G198" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
         <v>707</v>
       </c>
       <c r="B199" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C199" t="s">
         <v>63</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>708</v>
       </c>
       <c r="G199" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
         <v>710</v>
       </c>
       <c r="B200" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C200" t="s">
         <v>67</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>711</v>
       </c>
       <c r="G200" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
         <v>713</v>
       </c>
       <c r="B201" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C201" t="s">
         <v>71</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>714</v>
       </c>
       <c r="G201" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
         <v>716</v>
       </c>
       <c r="B202" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C202" t="s">
         <v>75</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>717</v>
       </c>
       <c r="G202" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
         <v>719</v>
       </c>
       <c r="B203" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C203" t="s">
         <v>79</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>720</v>
       </c>
       <c r="G203" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
         <v>722</v>
       </c>
       <c r="B204" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C204" t="s">
         <v>83</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>723</v>
       </c>
       <c r="G204" t="s">
-        <v>61</v>
+        <v>724</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B205" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C205" t="s">
         <v>87</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="G205" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B206" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C206" t="s">
         <v>91</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="G206" t="s">
-        <v>729</v>
+        <v>69</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
         <v>730</v>
       </c>
       <c r="B207" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C207" t="s">
         <v>95</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>731</v>
       </c>
       <c r="G207" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
         <v>733</v>
       </c>
       <c r="B208" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C208" t="s">
         <v>99</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>734</v>
       </c>
       <c r="G208" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>736</v>
       </c>
       <c r="B209" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C209" t="s">
         <v>103</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>737</v>
       </c>
       <c r="G209" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
         <v>739</v>
       </c>
       <c r="B210" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C210" t="s">
         <v>107</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>740</v>
       </c>
       <c r="G210" t="s">
-        <v>225</v>
+        <v>741</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="B211" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C211" t="s">
         <v>111</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="G211" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B212" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C212" t="s">
         <v>115</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="G212" t="s">
-        <v>746</v>
+        <v>233</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>747</v>
       </c>
       <c r="B213" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C213" t="s">
         <v>119</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>748</v>
       </c>
       <c r="G213" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>750</v>
       </c>
       <c r="B214" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C214" t="s">
         <v>123</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>751</v>
       </c>
       <c r="G214" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>753</v>
       </c>
       <c r="B215" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C215" t="s">
         <v>127</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>754</v>
       </c>
       <c r="G215" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
         <v>756</v>
       </c>
       <c r="B216" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C216" t="s">
         <v>131</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>757</v>
       </c>
       <c r="G216" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
         <v>759</v>
       </c>
       <c r="B217" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C217" t="s">
         <v>135</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>760</v>
       </c>
       <c r="G217" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
         <v>762</v>
       </c>
       <c r="B218" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C218" t="s">
         <v>139</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>763</v>
       </c>
       <c r="G218" t="s">
         <v>764</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
         <v>765</v>
       </c>
       <c r="B219" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C219" t="s">
         <v>143</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>766</v>
       </c>
       <c r="G219" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
         <v>768</v>
       </c>
       <c r="B220" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C220" t="s">
         <v>147</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>769</v>
       </c>
       <c r="G220" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
         <v>771</v>
       </c>
       <c r="B221" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C221" t="s">
         <v>151</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>772</v>
       </c>
       <c r="G221" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
         <v>774</v>
       </c>
       <c r="B222" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C222" t="s">
         <v>155</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>775</v>
       </c>
       <c r="G222" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>777</v>
       </c>
       <c r="B223" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C223" t="s">
         <v>159</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>778</v>
       </c>
       <c r="G223" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
         <v>780</v>
       </c>
       <c r="B224" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C224" t="s">
         <v>163</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>781</v>
       </c>
       <c r="G224" t="s">
         <v>782</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
         <v>783</v>
       </c>
       <c r="B225" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C225" t="s">
         <v>167</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>784</v>
       </c>
       <c r="G225" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
         <v>786</v>
       </c>
       <c r="B226" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C226" t="s">
         <v>171</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>787</v>
       </c>
       <c r="G226" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
         <v>789</v>
       </c>
       <c r="B227" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C227" t="s">
         <v>175</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>790</v>
       </c>
       <c r="G227" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
         <v>792</v>
       </c>
       <c r="B228" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C228" t="s">
         <v>179</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>793</v>
       </c>
       <c r="G228" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
         <v>795</v>
       </c>
       <c r="B229" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C229" t="s">
         <v>183</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>796</v>
       </c>
       <c r="G229" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
         <v>798</v>
       </c>
       <c r="B230" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C230" t="s">
         <v>187</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>799</v>
       </c>
       <c r="G230" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
         <v>801</v>
       </c>
       <c r="B231" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C231" t="s">
         <v>191</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>802</v>
       </c>
       <c r="G231" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
         <v>804</v>
       </c>
       <c r="B232" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C232" t="s">
         <v>195</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>805</v>
       </c>
       <c r="G232" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>807</v>
       </c>
       <c r="B233" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C233" t="s">
         <v>199</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>808</v>
       </c>
       <c r="G233" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>810</v>
       </c>
       <c r="B234" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C234" t="s">
         <v>203</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>811</v>
       </c>
       <c r="G234" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
         <v>813</v>
       </c>
       <c r="B235" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C235" t="s">
         <v>207</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>814</v>
       </c>
       <c r="G235" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
         <v>816</v>
       </c>
       <c r="B236" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C236" t="s">
         <v>211</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>11</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>817</v>
       </c>
       <c r="G236" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
         <v>819</v>
       </c>
       <c r="B237" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C237" t="s">
         <v>215</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>820</v>
       </c>
       <c r="G237" t="s">
         <v>821</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
         <v>822</v>
       </c>
       <c r="B238" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C238" t="s">
         <v>219</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
         <v>823</v>
       </c>
       <c r="G238" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
         <v>825</v>
       </c>
       <c r="B239" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C239" t="s">
         <v>223</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
         <v>11</v>
       </c>
       <c r="F239" s="1" t="s">
         <v>826</v>
       </c>
       <c r="G239" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
         <v>828</v>
       </c>
       <c r="B240" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C240" t="s">
         <v>227</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
         <v>11</v>
       </c>
       <c r="F240" s="1" t="s">
         <v>829</v>
       </c>
       <c r="G240" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
         <v>831</v>
       </c>
       <c r="B241" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C241" t="s">
         <v>231</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
         <v>11</v>
       </c>
       <c r="F241" s="1" t="s">
         <v>832</v>
       </c>
       <c r="G241" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
         <v>834</v>
       </c>
       <c r="B242" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C242" t="s">
         <v>235</v>
       </c>
       <c r="D242" t="s">
         <v>10</v>
       </c>
       <c r="E242" t="s">
         <v>11</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>835</v>
       </c>
       <c r="G242" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
         <v>837</v>
       </c>
       <c r="B243" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C243" t="s">
         <v>239</v>
       </c>
       <c r="D243" t="s">
         <v>10</v>
       </c>
       <c r="E243" t="s">
         <v>11</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>838</v>
       </c>
       <c r="G243" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
         <v>840</v>
       </c>
       <c r="B244" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C244" t="s">
         <v>243</v>
       </c>
       <c r="D244" t="s">
         <v>10</v>
       </c>
       <c r="E244" t="s">
         <v>11</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>841</v>
       </c>
       <c r="G244" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>843</v>
       </c>
       <c r="B245" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C245" t="s">
         <v>247</v>
       </c>
       <c r="D245" t="s">
         <v>10</v>
       </c>
       <c r="E245" t="s">
         <v>11</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>844</v>
       </c>
       <c r="G245" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
         <v>846</v>
       </c>
       <c r="B246" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C246" t="s">
         <v>251</v>
       </c>
       <c r="D246" t="s">
         <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>11</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>847</v>
       </c>
       <c r="G246" t="s">
-        <v>555</v>
+        <v>848</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B247" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C247" t="s">
         <v>255</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
         <v>11</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="G247" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B248" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C248" t="s">
         <v>259</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>11</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="G248" t="s">
-        <v>853</v>
+        <v>561</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>854</v>
       </c>
       <c r="B249" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="C249" t="s">
         <v>263</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>11</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>855</v>
       </c>
       <c r="G249" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
         <v>857</v>
       </c>
       <c r="B250" t="s">
+        <v>635</v>
+      </c>
+      <c r="C250" t="s">
+        <v>267</v>
+      </c>
+      <c r="D250" t="s">
+        <v>10</v>
+      </c>
+      <c r="E250" t="s">
+        <v>11</v>
+      </c>
+      <c r="F250" s="1" t="s">
         <v>858</v>
       </c>
-      <c r="C250" t="s">
-[...8 lines deleted...]
-      <c r="F250" s="1" t="s">
+      <c r="G250" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
+        <v>860</v>
+      </c>
+      <c r="B251" t="s">
+        <v>635</v>
+      </c>
+      <c r="C251" t="s">
+        <v>271</v>
+      </c>
+      <c r="D251" t="s">
+        <v>10</v>
+      </c>
+      <c r="E251" t="s">
+        <v>11</v>
+      </c>
+      <c r="F251" s="1" t="s">
         <v>861</v>
       </c>
-      <c r="B251" t="s">
-[...11 lines deleted...]
-      <c r="F251" s="1" t="s">
+      <c r="G251" t="s">
         <v>862</v>
-      </c>
-[...1 lines deleted...]
-        <v>863</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
+        <v>863</v>
+      </c>
+      <c r="B252" t="s">
         <v>864</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
       <c r="C252" t="s">
         <v>376</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
         <v>11</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>865</v>
       </c>
       <c r="G252" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
         <v>867</v>
       </c>
       <c r="B253" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C253" t="s">
         <v>380</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
         <v>11</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>868</v>
       </c>
       <c r="G253" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
         <v>870</v>
       </c>
       <c r="B254" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C254" t="s">
         <v>384</v>
       </c>
       <c r="D254" t="s">
         <v>10</v>
       </c>
       <c r="E254" t="s">
         <v>11</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>871</v>
       </c>
       <c r="G254" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
         <v>873</v>
       </c>
       <c r="B255" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C255" t="s">
         <v>388</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
         <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>874</v>
       </c>
       <c r="G255" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
         <v>876</v>
       </c>
       <c r="B256" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C256" t="s">
         <v>392</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
         <v>11</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>877</v>
       </c>
       <c r="G256" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
         <v>879</v>
       </c>
       <c r="B257" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C257" t="s">
         <v>396</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
         <v>11</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>880</v>
       </c>
       <c r="G257" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
         <v>882</v>
       </c>
       <c r="B258" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C258" t="s">
         <v>400</v>
       </c>
       <c r="D258" t="s">
         <v>10</v>
       </c>
       <c r="E258" t="s">
         <v>11</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>883</v>
       </c>
       <c r="G258" t="s">
         <v>884</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
         <v>885</v>
       </c>
       <c r="B259" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C259" t="s">
         <v>404</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>11</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>886</v>
       </c>
       <c r="G259" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
         <v>888</v>
       </c>
       <c r="B260" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C260" t="s">
         <v>408</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>889</v>
       </c>
       <c r="G260" t="s">
         <v>890</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
         <v>891</v>
       </c>
       <c r="B261" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C261" t="s">
         <v>412</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
         <v>11</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>892</v>
       </c>
       <c r="G261" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
         <v>894</v>
       </c>
       <c r="B262" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C262" t="s">
         <v>416</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
         <v>11</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>895</v>
       </c>
       <c r="G262" t="s">
         <v>896</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
         <v>897</v>
       </c>
       <c r="B263" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C263" t="s">
         <v>420</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
         <v>11</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>898</v>
       </c>
       <c r="G263" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
         <v>900</v>
       </c>
       <c r="B264" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C264" t="s">
         <v>424</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>901</v>
       </c>
       <c r="G264" t="s">
         <v>902</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
         <v>903</v>
       </c>
       <c r="B265" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C265" t="s">
         <v>428</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>904</v>
       </c>
       <c r="G265" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
         <v>906</v>
       </c>
       <c r="B266" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C266" t="s">
         <v>432</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>907</v>
       </c>
       <c r="G266" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
         <v>909</v>
       </c>
       <c r="B267" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C267" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>910</v>
       </c>
       <c r="G267" t="s">
         <v>911</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
         <v>912</v>
       </c>
       <c r="B268" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C268" t="s">
         <v>9</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>913</v>
       </c>
       <c r="G268" t="s">
         <v>914</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
         <v>915</v>
       </c>
       <c r="B269" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C269" t="s">
         <v>15</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>916</v>
       </c>
       <c r="G269" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
         <v>918</v>
       </c>
       <c r="B270" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C270" t="s">
         <v>19</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>919</v>
       </c>
       <c r="G270" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
         <v>921</v>
       </c>
       <c r="B271" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C271" t="s">
         <v>23</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
         <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>922</v>
       </c>
       <c r="G271" t="s">
         <v>923</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
         <v>924</v>
       </c>
       <c r="B272" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C272" t="s">
         <v>27</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>925</v>
       </c>
       <c r="G272" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
         <v>927</v>
       </c>
       <c r="B273" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C273" t="s">
         <v>31</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>928</v>
       </c>
       <c r="G273" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
         <v>930</v>
       </c>
       <c r="B274" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C274" t="s">
         <v>35</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
         <v>931</v>
       </c>
       <c r="G274" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
         <v>933</v>
       </c>
       <c r="B275" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C275" t="s">
         <v>39</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
         <v>934</v>
       </c>
       <c r="G275" t="s">
         <v>935</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
         <v>936</v>
       </c>
       <c r="B276" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C276" t="s">
         <v>43</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
         <v>937</v>
       </c>
       <c r="G276" t="s">
         <v>938</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
         <v>939</v>
       </c>
       <c r="B277" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C277" t="s">
         <v>47</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>940</v>
       </c>
       <c r="G277" t="s">
         <v>941</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
         <v>942</v>
       </c>
       <c r="B278" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C278" t="s">
         <v>51</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>11</v>
       </c>
       <c r="F278" s="1" t="s">
         <v>943</v>
       </c>
       <c r="G278" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
         <v>945</v>
       </c>
       <c r="B279" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C279" t="s">
         <v>55</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
         <v>946</v>
       </c>
       <c r="G279" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
         <v>948</v>
       </c>
       <c r="B280" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C280" t="s">
         <v>59</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>11</v>
       </c>
       <c r="F280" s="1" t="s">
         <v>949</v>
       </c>
       <c r="G280" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
         <v>951</v>
       </c>
       <c r="B281" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C281" t="s">
         <v>63</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>11</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>952</v>
       </c>
       <c r="G281" t="s">
         <v>953</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
         <v>954</v>
       </c>
       <c r="B282" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C282" t="s">
         <v>67</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>955</v>
       </c>
       <c r="G282" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
         <v>957</v>
       </c>
       <c r="B283" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C283" t="s">
         <v>71</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>958</v>
       </c>
       <c r="G283" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
         <v>960</v>
       </c>
       <c r="B284" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C284" t="s">
         <v>75</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>961</v>
       </c>
       <c r="G284" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
         <v>963</v>
       </c>
       <c r="B285" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C285" t="s">
         <v>79</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>964</v>
       </c>
       <c r="G285" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
         <v>966</v>
       </c>
       <c r="B286" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C286" t="s">
         <v>83</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>967</v>
       </c>
       <c r="G286" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
         <v>969</v>
       </c>
       <c r="B287" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C287" t="s">
         <v>87</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>970</v>
       </c>
       <c r="G287" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
         <v>972</v>
       </c>
       <c r="B288" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C288" t="s">
         <v>91</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>973</v>
       </c>
       <c r="G288" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
         <v>975</v>
       </c>
       <c r="B289" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C289" t="s">
         <v>95</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>976</v>
       </c>
       <c r="G289" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
         <v>978</v>
       </c>
       <c r="B290" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C290" t="s">
         <v>99</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>11</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>979</v>
       </c>
       <c r="G290" t="s">
         <v>980</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
         <v>981</v>
       </c>
       <c r="B291" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C291" t="s">
         <v>103</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>11</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>982</v>
       </c>
       <c r="G291" t="s">
         <v>983</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
         <v>984</v>
       </c>
       <c r="B292" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C292" t="s">
         <v>107</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
         <v>11</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>985</v>
       </c>
       <c r="G292" t="s">
         <v>986</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
         <v>987</v>
       </c>
       <c r="B293" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C293" t="s">
         <v>111</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>11</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>988</v>
       </c>
       <c r="G293" t="s">
         <v>989</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
         <v>990</v>
       </c>
       <c r="B294" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C294" t="s">
         <v>115</v>
       </c>
       <c r="D294" t="s">
         <v>10</v>
       </c>
       <c r="E294" t="s">
         <v>11</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>991</v>
       </c>
       <c r="G294" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
         <v>993</v>
       </c>
       <c r="B295" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C295" t="s">
         <v>119</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>994</v>
       </c>
       <c r="G295" t="s">
         <v>995</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
         <v>996</v>
       </c>
       <c r="B296" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C296" t="s">
         <v>123</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
         <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>690</v>
+        <v>997</v>
       </c>
       <c r="G296" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="B297" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C297" t="s">
         <v>127</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="G297" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="B298" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C298" t="s">
         <v>131</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>1002</v>
+        <v>696</v>
       </c>
       <c r="G298" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
         <v>1004</v>
       </c>
       <c r="B299" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C299" t="s">
         <v>135</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="G299" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
         <v>1007</v>
       </c>
       <c r="B300" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C300" t="s">
         <v>139</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="G300" t="s">
         <v>1009</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
         <v>1010</v>
       </c>
       <c r="B301" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C301" t="s">
         <v>143</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="G301" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
         <v>1013</v>
       </c>
       <c r="B302" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C302" t="s">
         <v>147</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
         <v>11</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="G302" t="s">
         <v>1015</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
         <v>1016</v>
       </c>
       <c r="B303" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C303" t="s">
         <v>151</v>
       </c>
       <c r="D303" t="s">
         <v>10</v>
       </c>
       <c r="E303" t="s">
         <v>11</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="G303" t="s">
         <v>1018</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
         <v>1019</v>
       </c>
       <c r="B304" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C304" t="s">
         <v>155</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>11</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="G304" t="s">
         <v>1021</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
         <v>1022</v>
       </c>
       <c r="B305" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C305" t="s">
         <v>159</v>
       </c>
       <c r="D305" t="s">
         <v>10</v>
       </c>
       <c r="E305" t="s">
         <v>11</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="G305" t="s">
         <v>1024</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
         <v>1025</v>
       </c>
       <c r="B306" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C306" t="s">
         <v>163</v>
       </c>
       <c r="D306" t="s">
         <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>11</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="G306" t="s">
         <v>1027</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
         <v>1028</v>
       </c>
       <c r="B307" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C307" t="s">
         <v>167</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="G307" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
         <v>1031</v>
       </c>
       <c r="B308" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C308" t="s">
         <v>171</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="G308" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
         <v>1034</v>
       </c>
       <c r="B309" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C309" t="s">
         <v>175</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="G309" t="s">
-        <v>1027</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B310" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C310" t="s">
         <v>179</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="G310" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="B311" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C311" t="s">
         <v>183</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="G311" t="s">
-        <v>1041</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
         <v>1042</v>
       </c>
       <c r="B312" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C312" t="s">
         <v>187</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>1043</v>
       </c>
       <c r="G312" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
         <v>1045</v>
       </c>
       <c r="B313" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C313" t="s">
         <v>191</v>
       </c>
       <c r="D313" t="s">
         <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="G313" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
         <v>1048</v>
       </c>
       <c r="B314" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C314" t="s">
         <v>195</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>1049</v>
       </c>
       <c r="G314" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
         <v>1051</v>
       </c>
       <c r="B315" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C315" t="s">
         <v>199</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>1052</v>
       </c>
       <c r="G315" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
         <v>1054</v>
       </c>
       <c r="B316" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C316" t="s">
         <v>203</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>1055</v>
       </c>
       <c r="G316" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
         <v>1057</v>
       </c>
       <c r="B317" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C317" t="s">
         <v>207</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="G317" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
         <v>1060</v>
       </c>
       <c r="B318" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C318" t="s">
         <v>211</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>1061</v>
       </c>
       <c r="G318" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
         <v>1063</v>
       </c>
       <c r="B319" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C319" t="s">
         <v>215</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>1064</v>
       </c>
       <c r="G319" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
         <v>1066</v>
       </c>
       <c r="B320" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C320" t="s">
         <v>219</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>1067</v>
       </c>
       <c r="G320" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
         <v>1069</v>
       </c>
       <c r="B321" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C321" t="s">
         <v>223</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="G321" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
         <v>1072</v>
       </c>
       <c r="B322" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C322" t="s">
         <v>227</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="G322" t="s">
         <v>1074</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
         <v>1075</v>
       </c>
       <c r="B323" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C323" t="s">
         <v>231</v>
       </c>
       <c r="D323" t="s">
         <v>10</v>
       </c>
       <c r="E323" t="s">
         <v>11</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="G323" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
         <v>1078</v>
       </c>
       <c r="B324" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C324" t="s">
         <v>235</v>
       </c>
       <c r="D324" t="s">
         <v>10</v>
       </c>
       <c r="E324" t="s">
         <v>11</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="G324" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
         <v>1081</v>
       </c>
       <c r="B325" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C325" t="s">
         <v>239</v>
       </c>
       <c r="D325" t="s">
         <v>10</v>
       </c>
       <c r="E325" t="s">
         <v>11</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="G325" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
         <v>1084</v>
       </c>
       <c r="B326" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C326" t="s">
         <v>243</v>
       </c>
       <c r="D326" t="s">
         <v>10</v>
       </c>
       <c r="E326" t="s">
         <v>11</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="G326" t="s">
         <v>1086</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
         <v>1087</v>
       </c>
       <c r="B327" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C327" t="s">
         <v>247</v>
       </c>
       <c r="D327" t="s">
         <v>10</v>
       </c>
       <c r="E327" t="s">
         <v>11</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="G327" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
         <v>1090</v>
       </c>
       <c r="B328" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C328" t="s">
         <v>251</v>
       </c>
       <c r="D328" t="s">
         <v>10</v>
       </c>
       <c r="E328" t="s">
         <v>11</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="G328" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
         <v>1093</v>
       </c>
       <c r="B329" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C329" t="s">
         <v>255</v>
       </c>
       <c r="D329" t="s">
         <v>10</v>
       </c>
       <c r="E329" t="s">
         <v>11</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="G329" t="s">
         <v>1095</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
         <v>1096</v>
       </c>
       <c r="B330" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C330" t="s">
         <v>259</v>
       </c>
       <c r="D330" t="s">
         <v>10</v>
       </c>
       <c r="E330" t="s">
         <v>11</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="G330" t="s">
         <v>1098</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
         <v>1099</v>
       </c>
       <c r="B331" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C331" t="s">
         <v>263</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>11</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="G331" t="s">
         <v>1101</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
         <v>1102</v>
       </c>
       <c r="B332" t="s">
+        <v>864</v>
+      </c>
+      <c r="C332" t="s">
+        <v>267</v>
+      </c>
+      <c r="D332" t="s">
+        <v>10</v>
+      </c>
+      <c r="E332" t="s">
+        <v>11</v>
+      </c>
+      <c r="F332" s="1" t="s">
         <v>1103</v>
       </c>
-      <c r="C332" t="s">
-[...8 lines deleted...]
-      <c r="F332" s="1" t="s">
+      <c r="G332" t="s">
         <v>1104</v>
-      </c>
-[...1 lines deleted...]
-        <v>1105</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B333" t="s">
+        <v>864</v>
+      </c>
+      <c r="C333" t="s">
+        <v>271</v>
+      </c>
+      <c r="D333" t="s">
+        <v>10</v>
+      </c>
+      <c r="E333" t="s">
+        <v>11</v>
+      </c>
+      <c r="F333" s="1" t="s">
         <v>1106</v>
       </c>
-      <c r="B333" t="s">
-[...11 lines deleted...]
-      <c r="F333" s="1" t="s">
+      <c r="G333" t="s">
         <v>1107</v>
-      </c>
-[...1 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B334" t="s">
         <v>1109</v>
-      </c>
-[...1 lines deleted...]
-        <v>1103</v>
       </c>
       <c r="C334" t="s">
         <v>107</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>1110</v>
       </c>
       <c r="G334" t="s">
         <v>1111</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
         <v>1112</v>
       </c>
       <c r="B335" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C335" t="s">
         <v>111</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>1113</v>
       </c>
       <c r="G335" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
         <v>1115</v>
       </c>
       <c r="B336" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C336" t="s">
         <v>115</v>
       </c>
       <c r="D336" t="s">
         <v>10</v>
       </c>
       <c r="E336" t="s">
         <v>11</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>1116</v>
       </c>
       <c r="G336" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
         <v>1118</v>
       </c>
       <c r="B337" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C337" t="s">
         <v>119</v>
       </c>
       <c r="D337" t="s">
         <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
         <v>1119</v>
       </c>
       <c r="G337" t="s">
         <v>1120</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
         <v>1121</v>
       </c>
       <c r="B338" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C338" t="s">
         <v>123</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
         <v>1122</v>
       </c>
       <c r="G338" t="s">
         <v>1123</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
         <v>1124</v>
       </c>
       <c r="B339" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C339" t="s">
         <v>127</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" s="1" t="s">
         <v>1125</v>
       </c>
       <c r="G339" t="s">
         <v>1126</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
         <v>1127</v>
       </c>
       <c r="B340" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C340" t="s">
         <v>131</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
         <v>11</v>
       </c>
       <c r="F340" s="1" t="s">
         <v>1128</v>
       </c>
       <c r="G340" t="s">
         <v>1129</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
         <v>1130</v>
       </c>
       <c r="B341" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C341" t="s">
         <v>135</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>690</v>
+        <v>1131</v>
       </c>
       <c r="G341" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="B342" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C342" t="s">
         <v>139</v>
       </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
         <v>11</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="G342" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="B343" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C343" t="s">
         <v>143</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="G343" t="s">
-        <v>225</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B344" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C344" t="s">
         <v>147</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
         <v>11</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="G344" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="B345" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C345" t="s">
         <v>151</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>11</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>1140</v>
+        <v>696</v>
       </c>
       <c r="G345" t="s">
-        <v>1141</v>
+        <v>233</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
         <v>1142</v>
       </c>
       <c r="B346" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C346" t="s">
         <v>155</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
         <v>11</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>1143</v>
       </c>
       <c r="G346" t="s">
         <v>1144</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
         <v>1145</v>
       </c>
       <c r="B347" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C347" t="s">
         <v>159</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="G347" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
         <v>1148</v>
       </c>
       <c r="B348" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C348" t="s">
         <v>163</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>11</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="G348" t="s">
         <v>1150</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
         <v>1151</v>
       </c>
       <c r="B349" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C349" t="s">
         <v>167</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="G349" t="s">
         <v>1153</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
         <v>1154</v>
       </c>
       <c r="B350" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C350" t="s">
         <v>171</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>11</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="G350" t="s">
         <v>1156</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
         <v>1157</v>
       </c>
       <c r="B351" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C351" t="s">
         <v>175</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
         <v>11</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="G351" t="s">
         <v>1159</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
         <v>1160</v>
       </c>
       <c r="B352" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C352" t="s">
         <v>179</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>11</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="G352" t="s">
         <v>1162</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
         <v>1163</v>
       </c>
       <c r="B353" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C353" t="s">
         <v>183</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>1164</v>
       </c>
       <c r="G353" t="s">
         <v>1165</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
         <v>1166</v>
       </c>
       <c r="B354" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C354" t="s">
         <v>187</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>1167</v>
       </c>
       <c r="G354" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
         <v>1169</v>
       </c>
       <c r="B355" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C355" t="s">
         <v>191</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="G355" t="s">
         <v>1171</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
         <v>1172</v>
       </c>
       <c r="B356" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C356" t="s">
         <v>195</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>1173</v>
       </c>
       <c r="G356" t="s">
         <v>1174</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
         <v>1175</v>
       </c>
       <c r="B357" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C357" t="s">
         <v>199</v>
       </c>
       <c r="D357" t="s">
         <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>11</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="G357" t="s">
         <v>1177</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
         <v>1178</v>
       </c>
       <c r="B358" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C358" t="s">
         <v>203</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
         <v>11</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="G358" t="s">
         <v>1180</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
         <v>1181</v>
       </c>
       <c r="B359" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C359" t="s">
         <v>207</v>
       </c>
       <c r="D359" t="s">
         <v>10</v>
       </c>
       <c r="E359" t="s">
         <v>11</v>
       </c>
       <c r="F359" s="1" t="s">
         <v>1182</v>
       </c>
       <c r="G359" t="s">
         <v>1183</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
         <v>1184</v>
       </c>
       <c r="B360" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C360" t="s">
         <v>211</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
         <v>11</v>
       </c>
       <c r="F360" s="1" t="s">
         <v>1185</v>
       </c>
       <c r="G360" t="s">
         <v>1186</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
         <v>1187</v>
       </c>
       <c r="B361" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C361" t="s">
         <v>215</v>
       </c>
       <c r="D361" t="s">
         <v>10</v>
       </c>
       <c r="E361" t="s">
         <v>11</v>
       </c>
       <c r="F361" s="1" t="s">
         <v>1188</v>
       </c>
       <c r="G361" t="s">
         <v>1189</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
         <v>1190</v>
       </c>
       <c r="B362" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C362" t="s">
         <v>219</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>11</v>
       </c>
       <c r="F362" s="1" t="s">
         <v>1191</v>
       </c>
       <c r="G362" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
         <v>1193</v>
       </c>
       <c r="B363" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C363" t="s">
         <v>223</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>11</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="G363" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
         <v>1196</v>
       </c>
       <c r="B364" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C364" t="s">
         <v>227</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>11</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="G364" t="s">
         <v>1198</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
         <v>1199</v>
       </c>
       <c r="B365" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C365" t="s">
         <v>231</v>
       </c>
       <c r="D365" t="s">
         <v>10</v>
       </c>
       <c r="E365" t="s">
         <v>11</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="G365" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
         <v>1202</v>
       </c>
       <c r="B366" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C366" t="s">
         <v>235</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>11</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>1203</v>
       </c>
       <c r="G366" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
         <v>1205</v>
       </c>
       <c r="B367" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C367" t="s">
         <v>239</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>11</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>1206</v>
       </c>
       <c r="G367" t="s">
         <v>1207</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
         <v>1208</v>
       </c>
       <c r="B368" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C368" t="s">
         <v>243</v>
       </c>
       <c r="D368" t="s">
         <v>10</v>
       </c>
       <c r="E368" t="s">
         <v>11</v>
       </c>
       <c r="F368" s="1" t="s">
         <v>1209</v>
       </c>
       <c r="G368" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
         <v>1211</v>
       </c>
       <c r="B369" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C369" t="s">
         <v>247</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
         <v>11</v>
       </c>
       <c r="F369" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="G369" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
         <v>1214</v>
       </c>
       <c r="B370" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C370" t="s">
         <v>251</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370" t="s">
         <v>11</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="G370" t="s">
         <v>1216</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
         <v>1217</v>
       </c>
       <c r="B371" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C371" t="s">
         <v>255</v>
       </c>
       <c r="D371" t="s">
         <v>10</v>
       </c>
       <c r="E371" t="s">
         <v>11</v>
       </c>
       <c r="F371" s="1" t="s">
         <v>1218</v>
       </c>
       <c r="G371" t="s">
-        <v>856</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="B372" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C372" t="s">
         <v>259</v>
       </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>11</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="G372" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="B373" t="s">
-        <v>1103</v>
+        <v>1109</v>
       </c>
       <c r="C373" t="s">
         <v>263</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
         <v>11</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="G373" t="s">
-        <v>1224</v>
+        <v>862</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
         <v>1225</v>
       </c>
       <c r="B374" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C374" t="s">
+        <v>267</v>
+      </c>
+      <c r="D374" t="s">
+        <v>10</v>
+      </c>
+      <c r="E374" t="s">
+        <v>11</v>
+      </c>
+      <c r="F374" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="C374" t="s">
-[...8 lines deleted...]
-      <c r="F374" s="1" t="s">
+      <c r="G374" t="s">
         <v>1227</v>
-      </c>
-[...1 lines deleted...]
-        <v>1228</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C375" t="s">
+        <v>271</v>
+      </c>
+      <c r="D375" t="s">
+        <v>10</v>
+      </c>
+      <c r="E375" t="s">
+        <v>11</v>
+      </c>
+      <c r="F375" s="1" t="s">
         <v>1229</v>
       </c>
-      <c r="B375" t="s">
+      <c r="G375" t="s">
         <v>1230</v>
       </c>
-      <c r="C375" t="s">
-[...8 lines deleted...]
-      <c r="F375" s="1" t="s">
+    </row>
+    <row r="376" spans="1:7">
+      <c r="A376" t="s">
         <v>1231</v>
       </c>
-      <c r="G375" t="s">
-        <v>1228</v>
+      <c r="B376" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C376" t="s">
+        <v>255</v>
+      </c>
+      <c r="D376" t="s">
+        <v>10</v>
+      </c>
+      <c r="E376" t="s">
+        <v>11</v>
+      </c>
+      <c r="F376" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="G376" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="377" spans="1:7">
+      <c r="A377" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C377" t="s">
+        <v>223</v>
+      </c>
+      <c r="D377" t="s">
+        <v>10</v>
+      </c>
+      <c r="E377" t="s">
+        <v>11</v>
+      </c>
+      <c r="F377" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="G377" t="s">
+        <v>1234</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -13078,50 +13142,52 @@
     <hyperlink ref="F351" r:id="rId350"/>
     <hyperlink ref="F352" r:id="rId351"/>
     <hyperlink ref="F353" r:id="rId352"/>
     <hyperlink ref="F354" r:id="rId353"/>
     <hyperlink ref="F355" r:id="rId354"/>
     <hyperlink ref="F356" r:id="rId355"/>
     <hyperlink ref="F357" r:id="rId356"/>
     <hyperlink ref="F358" r:id="rId357"/>
     <hyperlink ref="F359" r:id="rId358"/>
     <hyperlink ref="F360" r:id="rId359"/>
     <hyperlink ref="F361" r:id="rId360"/>
     <hyperlink ref="F362" r:id="rId361"/>
     <hyperlink ref="F363" r:id="rId362"/>
     <hyperlink ref="F364" r:id="rId363"/>
     <hyperlink ref="F365" r:id="rId364"/>
     <hyperlink ref="F366" r:id="rId365"/>
     <hyperlink ref="F367" r:id="rId366"/>
     <hyperlink ref="F368" r:id="rId367"/>
     <hyperlink ref="F369" r:id="rId368"/>
     <hyperlink ref="F370" r:id="rId369"/>
     <hyperlink ref="F371" r:id="rId370"/>
     <hyperlink ref="F372" r:id="rId371"/>
     <hyperlink ref="F373" r:id="rId372"/>
     <hyperlink ref="F374" r:id="rId373"/>
     <hyperlink ref="F375" r:id="rId374"/>
+    <hyperlink ref="F376" r:id="rId375"/>
+    <hyperlink ref="F377" r:id="rId376"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>