--- v1 (2025-12-14)
+++ v2 (2026-01-31)
@@ -10,88 +10,391 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2639" uniqueCount="1238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2814" uniqueCount="1312">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>3790</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>PRT</t>
+  </si>
+  <si>
+    <t>Portaria - Câmara Municipal</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3790/portaria_no_20-2026.pdf</t>
+  </si>
+  <si>
+    <t>CALENDÁRIO OFICIAL DAS REUNIÕES ORDINÁRIAS DAS COMISSÕES PERMANENTES – NO ANO 2026.</t>
+  </si>
+  <si>
+    <t>3786</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3786/portaria_no_19-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica nomeada a servidora Sra. Laura Luiza Oliveira Melo Vaccaro, como responsável pelo Plenário da Câmara Municipal de Carmo do Paranaíba, competindo-lhe a gestão, o controle e a organização de sua utilização, bem como o acompanhamento e a fiscalização do empréstimo, cessão de uso e demais procedimentos relacionados ao uso do referido espaço, nos termos da regulamentação estabelecida nesta Portaria.</t>
+  </si>
+  <si>
+    <t>3785</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3785/portaria_no_18-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ficam nomeadas as Comissões Permanentes da Câmara Municipal de Carmo do Paranaíba – Sessão Legislativa de 2026.</t>
+  </si>
+  <si>
+    <t>3783</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3783/portaria_no_17-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica composta a estrutura da Escola do Legislativo da Câmara Municipal de Carmo do Paranaíba no ano de 2026.</t>
+  </si>
+  <si>
+    <t>3782</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3782/portaria_no_16-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica concedida gratificação de função ao servidor Thomas Henrique Augusto, ocupante do Cargo de Oficial Legislativo, sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2026, pelo exercício das funções de Chefe da Divisão de Compras.</t>
+  </si>
+  <si>
+    <t>3781</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3781/portaria_no_15-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica concedida gratificação de função à servidora Lucília Helena Moreira, ocupante do Cargo de Serviços Gerais, sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2026, pela participação nas equipes de apoio do Agente de Contratação e Pregoeiro.</t>
+  </si>
+  <si>
+    <t>3780</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3780/portaria_no_14-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica concedida gratificação de função à servidora Janiele Alves dos Reis, ocupante do Cargo de Auxiliar Legislativo, no período de 1º de janeiro a 31 de dezembro de 2026, pelo exercício das funções de Chefe da Divisão de Almoxarifado e Patrimônio, atuando como Presidente nas respectivas comissões.</t>
+  </si>
+  <si>
+    <t>3779</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3779/portaria_no_13-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica concedida gratificação de função ao servidor Lucas Teixeira Alves, ocupante do Cargo de Motorista, sobre seu vencimento base do dia 1º de janeiro de 2026 à 31 de dezembro de 2026, por assumir a função de Fiscal de Contratos.</t>
+  </si>
+  <si>
+    <t>3778</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3778/portaria_no_12-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica concedida gratificação de função à servidora Luana Nunes Vieira, ocupante do Cargo de Oficial Legislativo, sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2026, pelo exercício das funções de Chefe da Divisão de Licitações e Contratos, Agente de Contratação e Pregoeira.</t>
+  </si>
+  <si>
+    <t>3777</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3777/portaria_no_11-2026.pdf</t>
+  </si>
+  <si>
+    <t>Designa como Fiscal de Contratos da Câmara Municipal de Carmo do Paranaíba/MG, o servidor Lucas Teixeira Alves.</t>
+  </si>
+  <si>
+    <t>3776</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3776/portaria_no_10-2026.pdf</t>
+  </si>
+  <si>
+    <t>Designa como Chefe da Divisão de Compras da Câmara Municipal de Carmo do Paranaíba/MG, o servidor Thomas Henrique Augusto.</t>
+  </si>
+  <si>
+    <t>3775</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3775/portaria_no_09-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica constituída a Comissão Permanente de Inventário, Avaliação e Cadastro da Câmara Municipal de Carmo do Paranaíba.</t>
+  </si>
+  <si>
+    <t>3774</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3774/portaria_no_08-2026.pdf</t>
+  </si>
+  <si>
+    <t>Designa como Chefe da Divisão de Licitações e Contratos da Câmara Municipal de Carmo do Paranaíba/MG, a servidora Luana Nunes Vieira.</t>
+  </si>
+  <si>
+    <t>3773</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3773/portaria_no_07-2026.pdf</t>
+  </si>
+  <si>
+    <t>Designa a Pregoeira e a equipe de apoio para julgar e conduzir os Processos Licitatórios na Modalidade Pregão, da Câmara Municipal de Carmo do Paranaíba/MG.</t>
+  </si>
+  <si>
+    <t>3772</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3772/portaria_no_06-2026.pdf</t>
+  </si>
+  <si>
+    <t>Designa a Agente de Contratações e a equipe de apoio para julgar e conduzir os Processos Licitatórios, da Câmara Municipal de Carmo do Paranaíba/MG.</t>
+  </si>
+  <si>
+    <t>3770</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3770/portaria_no_05-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ficam todos os servidores da Câmara Municipal obrigados a informar à Mesa Diretora, por escrito, as atribuições, atividades e funções que exercem e exerciam no ano de 2025 em relação ao desempenho de suas atividades laborais, descrevendo de forma detalhada as tarefas realizadas no dia a dia até a data limite de 09 de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>3769</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3769/portaria_no_04-2026.pdf</t>
+  </si>
+  <si>
+    <t>CALENDÁRIO OFICIAL DAS REUNIÕES ORDINÁRIAS – NO ANO 2026.</t>
+  </si>
+  <si>
+    <t>3768</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3768/portaria_no_03-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre as matérias legislativas durante o recesso parlamentar.</t>
+  </si>
+  <si>
+    <t>3767</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3767/portaria_no_02-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica renovado o prazo de validade do Concurso Público realizado pela Câmara Municipal de Carmo do Paranaíba/MG no ano de 2023, por igual período ao inicialmente previsto no edital.</t>
+  </si>
+  <si>
+    <t>3766</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3766/portaria_no_01-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica nomeado para o cargo de Secretário Geral, o senhor BRUNO MORAIS MARQUES, conforme a Lei Complementar Municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, inciso VII, e nos anexos II e V item 7.</t>
+  </si>
+  <si>
+    <t>3765</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3765/portaria_no_71-2025.pdf</t>
+  </si>
+  <si>
+    <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores dos Materiais em Almoxarifado, referente ao encerramento do exercício de 2025.</t>
+  </si>
+  <si>
+    <t>3764</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3764/portaria_no_70-2025.pdf</t>
+  </si>
+  <si>
+    <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores em Tesouraria, referente ao encerramento do exercício de 2025.</t>
+  </si>
+  <si>
+    <t>3763</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3763/portaria_no_69-2025.pdf</t>
+  </si>
+  <si>
+    <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores dos Bens Patrimoniais em Uso, Estocados, Cedidos e Recebidos em cessão, inclusive imóveis, referente ao encerramento do exercício de 2025.</t>
+  </si>
+  <si>
+    <t>3762</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3762/portaria_no_68-2025.pdf</t>
+  </si>
+  <si>
+    <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores das Contas Representativas dos Atos Potenciais Ativos e Passivos, referente ao encerramento do exercício de 2025.</t>
+  </si>
+  <si>
+    <t>3761</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3761/portaria_no_67-2025.pdf</t>
+  </si>
+  <si>
+    <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores do Passivo Circulante e Não Circulante referente ao encerramento do exercício de 2025.</t>
+  </si>
+  <si>
     <t>3750</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>66</t>
   </si>
   <si>
-    <t>PRT</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3750/portaria_no_66-2025.pdf</t>
   </si>
   <si>
     <t>Exonerar, a pedido, a partir do dia 31 de dezembro de 2025, o servidor DIEGO GONTIJO VELOSO do cargo de Secretário-Geral.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3749/portaria_no_065-2025.pdf</t>
   </si>
   <si>
     <t>Fica autorizado o descarte, mediante incineração, dos documentos que se tratarem de cópias e/ou segundas vias, cujos originais permanecem arquivados na Prefeitura Municipal.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3721/portaria_no_64-2025.pdf</t>
@@ -204,51 +507,51 @@
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3686/portaria_no_55-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois porcentos) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 à servidora ALANA DE MELO TEIXEIRA.</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3684/portaria_no_54-2025.pdf</t>
   </si>
   <si>
     <t>Ficam os valores constantes do ANEXO I da Lei Municipal nº 2.512 de 27 de março de 2019, atualizados com vigência até 31 de maio de 2026.</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3683/portaria_no_53_de_30_de_maio_de_2025.pdf</t>
+    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3683/portaria_no_53-2025.pdf</t>
   </si>
   <si>
     <t>Fica publicado o Plano de Contratações Anual, para o exercício financeiro de 2026, no âmbito da Câmara Municipal de Carmo do Paranaíba, em conformidade com os anexos desta portaria.</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3680/portaria_no_052-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois porcentos) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 à servidora DAIANE APARECIDA LIMA OLIVEIRA.</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3679/portaria_no_051-2025.pdf</t>
   </si>
@@ -597,281 +900,215 @@
   <si>
     <t>22</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3624/portaria_no_22-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Lucas Teixeira Alves, ocupante do Cargo de Motorista, do dia 1º de janeiro de 2025 à 31 de dezembro de 2025, por assumir a função de Fiscal de Contratos.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3623/portaria_no_21-2025.pdf</t>
   </si>
   <si>
     <t>Designa como Fiscal de Contratos da Câmara Municipal de Carmo do Paranaíba/MG, o servidor Lucas Teixeira Alves, ocupante do Cargo de Motorista.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
-    <t>20</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3622/portaria_no_20-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função a servidora Dilza Faria de Andrade, do dia 1º de janeiro de 2025 à 31 de dezembro de 2025, pela realização de treinamento do(a) servidor(a) nomeado para o cargo de Consultor Contábil – Contador, com o acompanhamento diário daquele no exercício de suas atribuições.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
-    <t>19</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3621/portaria_no_19-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Janiele Alves dos Reis, no período de 1º de janeiro a 31 de dezembro de 2025, pela participação nas comissões de Almoxarifado e Patrimônio.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3620/portaria_no_18-2025.pdf</t>
   </si>
   <si>
     <t>Designa como Chefe da Divisão de Compras da Câmara Municipal de Carmo do Paranaíba/MG, o servidor Tiago Emídio Teixeira da Silva.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
-    <t>17</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3619/portaria_no_17-2025..pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Luana Nunes Vieira no período de 1º de janeiro a 31 de dezembro de 2025, pelo exercício das funções de Chefe da Divisão de Licitações e Contratos.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
-    <t>16</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3618/portaria_no_16_-_2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função a servidora Daiane Aparecida Lima Oliveira pela participação como Coordenadora Pedagógica da Escola do Legislativo.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
-    <t>15</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3617/portaria_no_15-2025.pdf</t>
   </si>
   <si>
-    <t>Designa como Chefe da Divisão de Licitações e Contratos da Câmara Municipal de Carmo do Paranaíba/MG, a servidora Luana Nunes Vieira.</t>
-[...1 lines deleted...]
-  <si>
     <t>3616</t>
   </si>
   <si>
-    <t>14</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3616/portaria_no_14-2025.pdf</t>
   </si>
   <si>
     <t>Fica implantado o processo de adequação da Câmara Municipal de Carmo do Paranaíba à Lei Geral de Proteção de Dados Pessoais (LGPD) e fica criada a Comissão de Adequação à LGPD.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
-    <t>13</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3615/portaria_no_13-2025.pdf</t>
   </si>
   <si>
     <t>Designa o Pregoeiro e a equipe de Apoio.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
-    <t>12</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3614/portaria_no_12-2025.pdf</t>
   </si>
   <si>
     <t>Designa o Agente de Contratações e a equipe de apoio.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3613/portaria_no_11-2025.pdf</t>
   </si>
   <si>
-    <t>Fica constituída a Comissão Permanente de Inventário, Avaliação e Cadastro da Câmara Municipal de Carmo do Paranaíba.</t>
-[...1 lines deleted...]
-  <si>
     <t>3612</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3612/portaria_no_10-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeada para o cargo de Assessora Parlamentar, a senhora SORAIA COSTA DOS SANTOS.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
-    <t>9</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3608/portaria_no_09-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre as Mensagens de Veto nº 01, 02, 03 e 04/2024 e demais matérias legislativas durante o recesso parlamentar.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3607/portaria_no_08-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeada para o cargo de Diretor(a) Administrativo-Financeiro, a senhora NATÁLIA LUIZA MORAIS.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3606/portaria_no_07-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Assessor de Comunicação, o senhor FABIO JEFERSON DO AMARAL.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3605/portaria_no_06-2025.pdf</t>
   </si>
   <si>
     <t>Ficam autorizados os servidores ocupantes dos seguintes cargos a utilizarem o certificado digital dos membros da Mesa Diretora da Câmara Municipal de Carmo do Paranaíba para a prática de atos administrativos e legislativos.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3604/portaria_no_05-2025.pdf</t>
   </si>
   <si>
     <t>Fica autorizado o(a) Secretário(a) Geral da Câmara e o(a) Diretor(a) Legislativo a autenticar documentos no âmbito desta Câmara Municipal.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3603/portaria_no_04-2025.pdf</t>
   </si>
   <si>
     <t>CALENDÁRIO OFICIAL DAS REUNIÕES ORDINÁRIAS – NO ANO 2025</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3600/portaria_no_03-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeada para o cargo de Assessora da Mesa Diretora, a senhora LAURA LUIZA OLIVEIRA MELO VACCARO, conforme a Lei complementar municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, inciso II, e nos anexos II e V item 2.</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3599/portaria_no_02-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Secretário Geral, o senhor DIEGO GONTI-JO VELOSO, conforme a Lei complementar municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, inciso VII, e nos anexos II e V item 7.</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3598/portaria_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Diretor Legislativo, o senhor PAULO VITOR CIMETTA DE DEUS, conforme a Lei complementar municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, inciso VI, e nos anexos II e V item 6.</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3597/portaria_no_107-2024.pdf</t>
   </si>
   <si>
     <t>Exonerar, a partir do dia 31 de dezembro de 2024, a servidora KIARA GOMES DE MENDONÇA do cargo de Assessora da Mesa Diretora.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>106</t>
@@ -1272,99 +1509,84 @@
   <si>
     <t>73</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3517/portaria_no_73-2024-.pdf</t>
   </si>
   <si>
     <t>Publica o Plano de Contratações Anual de 2025, no âmbito do Poder Legislativo do Município de Carmo do Paranaíba e dá outras providências.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3516/portaria_no_72-2024.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre os Projetos de Decretos Legislativos nº 09, 10 e 11/2023 e 03/2024 na reunião extraordinária posteriormente marcada.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
-    <t>71</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3515/portaria_no_71-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor SILVANIO GOMES CAMACHO do grau G para I, ficando disposto na tabela (Nível VI, Grau I) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
-    <t>70</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3514/portaria_no_70-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor SILVANIO GOMES CAMACHO do grau E para G, ficando disposto na tabela (Nível VI, Grau G) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
-    <t>69</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3513/portaria_no_69-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor SILVANIO GOMES CAMACHO do grau C para E, ficando disposto na tabela (Nível VI, Grau E) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
-    <t>68</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3512/portaria_no_68-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedido o Abono Permanência a partir da presente data a servidora Glenise Melo Viotti, ocupante do cargo de Recepcionista, conforme art. 58 da Lei Municipal nº 1.835 de 12 de maio de 2006.</t>
   </si>
   <si>
     <t>3496</t>
-  </si>
-[...1 lines deleted...]
-    <t>67</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3496/portaria_no_67-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Silvanio Gomes Camacho, ocupante do Consultor Contábil - Contador, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base do até o dia 31 de dezembro de 2024, por assumir a função de Presidente da Comissão de Patrimônio.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3495/portaria_no_66-2024.pdf</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3494/portaria_no_65-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora CATIA SILENE DA CRUZ SILVA do grau Q para S, ficando disposto na tabela (Grau S) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
@@ -4076,56 +4298,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3750/portaria_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3749/portaria_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3721/portaria_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3701/portaria_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3694/portaria_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3693/portaria_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3692/portaria_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3690/portaria_no_59-2025..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3689/portaria_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3688/portaria_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3687/portaria_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3686/portaria_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3684/portaria_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3683/portaria_no_53_de_30_de_maio_de_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3680/portaria_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3679/portaria_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3678/portaria_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3657/portaria_no_49-2025_ok.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3656/portaria_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3655/portaria_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3654/portaria_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3653/portaria_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3652/portaria_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3651/portaria_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3649/portaria_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3648/portaria_no_41-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3647/portaria_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3646/portaria_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3645/portaria_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3639/portaria_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3638/portaria_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3637/portaria_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3636/portaria_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3635/portaria_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3634/portaria_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3633/portaria_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3632/portaria_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3631/skm_c36825012411190.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3630/portaria_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3629/portaria_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3628/portaria_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3627/portaria_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3626/portaria_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3625/portaria_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3624/portaria_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3623/portaria_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3622/portaria_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3621/portaria_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3620/portaria_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3619/portaria_no_17-2025..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3618/portaria_no_16_-_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3617/portaria_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3616/portaria_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3615/portaria_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3614/portaria_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3613/portaria_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3612/portaria_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3608/portaria_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3607/portaria_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3606/portaria_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3605/portaria_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3604/portaria_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3603/portaria_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3600/portaria_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3599/portaria_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3598/portaria_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3597/portaria_no_107-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3596/portaria_no_106-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3595/portaria_no_105-2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3594/portaria_no_104-2024.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3593/portaria_no_103-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3592/portaria_no_102-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3588/portaria_no_101_de_05_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3582/portaria_no_100-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3581/portaria-no-099-2024-comissao-valores-dos-bens-patrimoniais.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3580/portaria_no_98-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3579/portaria_no_97-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3578/portaria_no_96-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3577/portaria_no_95-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3576/portaria_no_94-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3575/portaria_no_93-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3565/portaria_no_92-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3564/portaria_no_91-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3558/portaria_no_90-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3557/portaria_no_89-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3556/portaria_no_88-2024.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3555/portaria_no_87-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3554/portaria_no_86-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3549/portaria_no_85-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3548/portaria_no_84-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3547/portaria_no_83-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3546/portaria_no_82-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3542/portaria_no_81-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3541/portaria_no_80-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3540/portaria_no_79-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3539/portaria_no_78-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3531/portaria_no_77-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3530/portaria_no_76-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3529/portaria_no_75-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3527/portaria_no_74-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3517/portaria_no_73-2024-.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3516/portaria_no_72-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3515/portaria_no_71-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3514/portaria_no_70-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3513/portaria_no_69-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3512/portaria_no_68-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3496/portaria_no_67-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3495/portaria_no_66-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3494/portaria_no_65-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3493/portaria_no_64-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3492/portaria_no_63-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3491/portaria_no_62-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3490/portaria_no_61-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3489/portaria_no_60-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3488/portaria_no_59-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3487/portaria_no_58-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3486/portaria_no_57-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3485/portaria_no_55-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3479/portaria_no_55-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3478/portaria_no_54-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3477/portaria_no_53-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3476/portaria_no_52-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3475/portaria_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3474/portaria_no_50-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3473/portaria_no_49-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3472/portaria_no_48-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3471/portaria_no_47-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3470/portaria_no_46-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3469/portaria_no_45-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3468/portaria_no_44-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3467/portaria_no_43-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3466/portaria_no_42-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3465/portaria_no_41-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3459/portaria_no_40_-_cm.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3458/portaria_no_39_-_cm.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3457/portaria_no_38-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3456/portaria_no_37-2023_-_nomeacao_assessora.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3455/portaria_no_36-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3454/portaria_no_35-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3453/portaria_no_34-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3452/portaria_no_33-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3451/portaria_no_32-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3450/portaria_no_31-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3449/portaria_no_30-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3448/portaria_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3447/portaria_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3446/portaria_no_27-2023_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3445/portaria_no_26-2023_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3437/portaria_no_25-2023_-_comissao_especial_recesso.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3436/portaria_no_24-2024_-_convocacao_thomas_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3435/portaria_no_23-2024_-_convocacao_alana_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3434/portaria_no_22-2024_-_convocacao_tiago_-oficial.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3433/portaria_no_21-2024_-_convocacao_silvanio_-contador.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3432/portaria_no_20-2023_-_homologacao_do_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3431/portaria_no_19-2023_-_calendario_das_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3430/portaria_no_18-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3429/portaria_no_17-2023_-_gratificacao_lucas.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3428/portaria_no_16-2023_-_gratificacao_catia.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3427/portaria_no_15-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3426/portaria_no_14-2023_-_gratificacao_dilza.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3425/portaria_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3424/portaria_no_12-2023_-_gratificacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3423/portaria_no_11-2023_-_composicao_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3422/portaria_no_10-2024_-_anexo_novo.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3421/portaria_no_09-2024..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3420/portaria_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3419/portaria_no_07-2024_compressed.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3418/portaria_no_06-2024-compactado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3417/portaria_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3416/portaria_no_04-2024-compactado.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3415/portaria_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3414/portaria_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3413/portaria_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3406/portaria_no_077-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3405/portaria_no_076-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3404/portaria_no_075-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3403/portaria_no_074-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3402/portaria_no_073-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3401/portaria_no_072-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3398/portaria_no_071-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3397/portaria_no_70-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3396/portaria_69-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3388/portaria_no_068-2023_-_expediente_dos_dias_16_e_17-11.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3387/portaria_no_067-2023_-_revoga_portaria_32.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3373/portaria_no_066-2023_-_comissao_especial_dos_decretos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3372/portaria_no_065-2023_-_comissao_especial_das_mensagens_de_veto_16_a_19.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3352/portaria_no_064-2023_-_progressao_guilherme_-_t.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3351/portaria_no_63-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3346/portaria_no_062-2023_-_ce.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3325/portaria_no_61-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3321/portaria_no_060-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3320/portaria_no_059-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3319/portaria_no_058-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3317/portaria_no_056-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3316/portaria_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3313/portaria_no_054-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3312/portaria_no_053-2023_-.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3311/portaria_no_052-2023_-.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3310/portaria_no_051-2023_-.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3299/portaria_no_050-2023_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3298/portaria_no-_49-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3293/portaria_no_048-2023_-_nomeacao_diretor_de_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3292/portaria_no_047-2023_-_2_lucas.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3291/portaria_no_046-2023_-_2_daiane.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3290/portaria_no_045-2023_-_progressao_guilherme_-_q.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3289/portaria_no_044-2023_-_progressao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3288/portaria_no_043-2023_-_ce.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3274/portaria_no_042-2023_-_novas_datas_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3273/portaria_no_041-2023_-_exonera_pablo.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3272/portaria_no_040-2023_-_comissao_de_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3269/portaria_no_039-2023_-_ce_-_mensagem_de_veto_04.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3268/portaria_no_038-2023_-.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3267/portaria_no_037-2023_-_progressao_luana_-_q.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3266/portaria_no_036-2023_-_nomeia_kiara.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3265/portaria_no_035-2023_-.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3264/portaria_no_034-2023_-.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3249/portaria_no_033-2023_-.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3245/portaria_no_032-2023_-_marco_temporal_licitacao.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3244/portaria_no_031-2023_-_nomeia_ce.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3243/portaria_no_030-2023_-_nomeia_rafael.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3242/portaria_no_029-2023_-_nomeia_pablo.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3241/portaria_no_028-2023_-_revoga_portaria_12.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3166/portaria_no_027-2023_-_exonera_pablo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3165/portaria_no_026-2023_-_progressao_2o_quinquenio.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3164/portaria_no_025-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3163/portaria_no_024-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3162/portaria_no_023-2023_-_progressao_lucas.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3161/portaria_no_022-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3160/portaria_no_021-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3159/portaria_no_020-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3158/portaria_no_019-2023_-.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3157/portaria_no_018-2023_-_ferias_premio_lucilia.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3156/portaria_no_017-2023_-__quinquenio_lucilia.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3155/portaria_no_016-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3154/portaria_no_015-2023_-.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3153/portaria_no_014-2023_-_progressao_lucas.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3152/portaria_no_013-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3142/portaria_no_012-2023_-__gratificacao_dilza.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3141/portaria_no_011-2023_-__gratificacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3140/portaria_no_010-2023_-__gratificacao_daiane.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3139/portaria_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3138/portaria_no_008-2023_-__gratificacao_janiele.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3137/portaria_no_007-2023_-__gratificacao_lucilia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3136/portaria_no_006-2023_-__gratificacao_luana.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3135/portaria_no_005-2023_-__calendario_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3134/portaria_no_004-2023_-__comissao_especial_recesso.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3133/portaria_no_003-2023_-__exoneracao_alisson.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3132/portaria_no_002-2023_-__pregoeiro.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3131/portaria_no_001-2023_-__comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3130/portaria_no_082-2022_-_26_dezembro_2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3126/portaria_no_081-2022_-_21_dezembro_2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3112/portaria_no_080-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3111/portaria_no_079-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3110/portaria_no_078-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3109/portaria_no_077-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3108/portaria_no_076-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3107/portaria_no_075-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3106/portaria_no_074-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3105/portaria_no_073-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3104/portaria_no_072-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3094/portaria_no_071-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3089/portaria_no_070-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3088/portaria_no_069-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3087/portaria_no_068-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3075/portaria_no_067.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3074/portaria_no_066-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3073/portaria_no_065-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3072/portaria_no_064-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3066/portaria_no_063-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3065/portaria_no_062-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3064/portaria_no_061-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3063/portaria_no_060-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3054/portaria_no_059-2022_-_altera_reuniao_do_dia_13-10.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3048/portaria_no_058-2022_-_comissao_especial_mveto_5.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3043/portaria_no_057-2022_-_comissao_especial_pdl_09_e_10.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3042/portaria_no_056-2022_-_progressao_carreira_kenia.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3041/portaria_no_055-2022_-_progressao_carreira_lucas.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2986/portaria_no_54-2022_-_procedimento_administrativo_para_pagamento.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2985/portaria_no_53-2022_-_gratificacao_guilherme_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2984/portaria_no_52-2022_-_gratificacao_daiane_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2983/portaria_no_51-2022_-_gratificacao_lucas_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2982/portaria_no_50-2022_-_gratificacao_janiele_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2981/portaria_no_49-2022_-_gratificacao_lucilia_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2980/portaria_no_48-2022_-_gratificacao_luana_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2971/portaria_no_47-2022_-_nomeia_alisso_domingues_fernandes.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2970/portaria_no_46-2022_-_nomeia_paulo_vitor_cimetta.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2969/portaria_no_45-2022_-_nomeia_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2968/portaria_no_44-2022_-_nomeia_alvina_goncalves_azevedo.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2967/portaria_no_43-2022_-_exonera_paulo_vitor_cimetta.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2966/portaria_no_42-2022_-_exonera_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2965/portaria_no_41-2022_-_exonera__alvina_goncalves_azevedo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2964/portaria_no_40-2022_-_tabela_diarias_de_viagem.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2962/portaria_no_39-2022_-_comissao_especial_veto_no_04.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2958/portaria_no_38-2022_-_progressao_luana.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2957/portaria_no_37-2022_-_comissao_especial_mvto_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2950/portaria_no_035-2022_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2949/portaria_no_034-2022_-_comissao_especial_decretos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2948/portaria_no_033-2022_-_comissao_especial_mvto_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2933/portaria_no_032-2022_-_comissao_especial_mvto_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2925/portaria_no_031-2022_-_revoga_portaria_24.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2924/portaria_no_030-2022_-_dispensa_das_atividades_no_dia_14-04.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2923/portaria_no_029-2022_-_nomeia_procuradora_especial_da_mulher_e_procuradoras_adjuntas.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2922/portaria_no_028-2022_-__constitui_comissao_permanente_de_inventario_avaliacao.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2871/portaria_no_027-2022_-__concede_progressao_glenise.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2870/portaria_no_026-2022_-__concede_progressao_a_daiane.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2869/portaria_no_025-2022_-_comissoes_permanentes_2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2868/portaria_no_024-2022_-_designa_daiane_para_auxiliar_comissao_processante.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2867/portaria_no_023-2022_-_progressao_daiane_aparecida_lima_oliveira_-_e_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2866/portaria_no_022-2022_-_progressao_janiele_alves_dos_reis_-_h_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2865/portaria_no_021-2022_-_progressao_janiele_alves_dos_reis_-_g_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2864/portaria_no_020-2022_-_progressao_luana_nunes_vieira_-_f_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2863/portaria_no_019-2022_-_progressao_lucilia_helena_moreira_-_f_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2862/portaria_no_018-2022_-_quinquenio_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2861/portaria_no_017-2022_-_quinquenio_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2860/portaria_no_016-2022_-_ferias_premio_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2859/portaria_no_015-2022_-_progressao_daiane_aparecida_lima_oliveira_-_d_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2858/portaria_no_014-2022_-_progressao_guilherme_da_silva_ordones_-_i_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2857/portaria_no_013-2022_-_progressao_dilza_faria_de_andrade_-_f_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2856/portaria_no_012-2022_-_progressao_lucas_teixeira_alves_-_e_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2855/portaria_no_011-2022_-_progressao_catia_silene_da_cruz_silva_-_h_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2850/portaria_no_010-2022_-_comissao_especial_-_recesso_parlamentar_ok.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2848/portaria_no_009-2022_-_calendario_oficial_de_reunioes_ordinarias_em_2022_-_ok.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2847/portaria_no_008-2022_-gratificacao_guilherme_da_silva_ordones.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2846/portaria_no_007-2022_-gratificacao_daiane_aparecida_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2845/portaria_no_006-2022_-gratificacao_lucas_teixeira_alves.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2844/portaria_no_005-2022_-gratificacao_janiele_alves_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2843/portaria_no_004-2022_-gratificacao_lucilia_helena_vieira.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2842/portaria_no_003-2022_-gratificacao_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2841/portaria_no_002-2022_-_nomeacao_pregoeiro_equipe_de_apoio_em_2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2840/portaria_no_001-2022_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2828/portaria_no_042_de_20_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2833/portaria_no_041_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2832/portaria_no_040_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2831/portaria_no_039_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2830/portaria_no_038_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2829/portaria_no_037_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2823/portaria_no_036_de_13_de_dezembro_de_2021_-_comissao_especial_veto_10.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2794/portaria_no_035_de_10_de_novembro_de_2021_-_comissao_especial_veto_09.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2793/portaria_no_034_de_09_de_novembro_de_2021_-_comissao_especial_vetos_06_07_e_08.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2754/portaria_no_032_de_18_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2691/portaria_no_030_de_12_de_julho_de_2021_--convertido.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2576/portaria_no_029_de_07_de_junho_de_2021_-_adia_de_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2573/portaria_no_28_de_18_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2572/portaria_no_27_de_22_de_abri_de_2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2564/portaria_no_026_de_20_de_abril_de_2021_-_comissao_especial_para_apreciacao_de_mveto_no_02_e_03-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2563/portaria_no_025_de_08_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2562/portaria_no_024_de_07_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2561/portaria_no_023_de_05_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2554/portaria_no_022_de_03_de_marco_de_2021_-_nova_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2552/portaria_no_021_de_02_de_marco_de_2021_-_destituida_catia.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2551/portaria_no_020_de_26_de_fevereiro_de_2021_-_prorroga_o_revezamento_e_suspende_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2550/portaria_no_019_de_22_de_fevereiro_de_2021_-_covid-19_atendimento_camara.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2549/portaria_no_018_de_22_de_fevereiro_de_2021_-_comissao_especial_p_veto.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2548/portaria_no_017_de_16_de_fevereiro_de_2021_-_sistema_revezamento_servidores_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2545/portaria_no_016_de_12_de_fevereiro_de_2021_-_nomeacao_das_comissoes_permanentes_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2544/portaria_no_015_de_10_de_fevereiro_de_2021_-_sistema_revezamento_servidores_nos_dias_15_e_16-02.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2543/portaria_no_014_de_09_de_fevereiro_de_2021_-_medidas_covid_19.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2542/portaria_no_013_de_14_de_janeiro_de_2021_-_comissao_especial_-_recesso_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2541/portaria_no_012_de_14_de_janeiro_de_2021_-_calendario_oficial_de_reunioes_ordinarias_em_2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2540/portaria_no_011_de_05_de_janeiro_de_2021_-_gratificacao_-_daiane_aparecida_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2539/portaria_no_010_de_05_de_janeiro_de_2021_-_gratificacao_lucas_teixeira_alves.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2538/portaria_no_009_de_05_de_janeiro_de_2021_-_gratificacao_guilherme_da_silva_ordones.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2537/portaria_no_008_de_05_de_janeiro_de_2021_-_gratificacao_catia_silene_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2536/portaria_no_007_de_05_de_janeiro_de_2021_-_gratificacao_janiele_alves_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2535/portaria_no_006_de_05_de_janeiro_de_2021_-_gratificacao_lucilia_helena_moreira.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2534/portaria_no_005_de_05_de_janeiro_de_2021_-_gratificacao_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2533/portaria_no_004_de_05_de_janeiro_de_2021_-__nomeacao_pregoeiro_e_equipe_de_apoio_em_2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2532/portaria_no_003_de_05_de_janeiro_de_2021_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2531/portaria_no_002_de_05_de_janeiro_de_2021_-_nomeia_diretor_geral_-_alvina.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2530/portaria_no_001_de_04_de_janeiro_de_2021_-_exonera_diretor_geral_-_ronan.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2014/3151/portaria_no_05-2014.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2013/3150/portaria_13-2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3790/portaria_no_20-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3786/portaria_no_19-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3785/portaria_no_18-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3783/portaria_no_17-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3782/portaria_no_16-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3781/portaria_no_15-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3780/portaria_no_14-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3779/portaria_no_13-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3778/portaria_no_12-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3777/portaria_no_11-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3776/portaria_no_10-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3775/portaria_no_09-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3774/portaria_no_08-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3773/portaria_no_07-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3772/portaria_no_06-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3770/portaria_no_05-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3769/portaria_no_04-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3768/portaria_no_03-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3767/portaria_no_02-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3766/portaria_no_01-2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3765/portaria_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3764/portaria_no_70-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3763/portaria_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3762/portaria_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3761/portaria_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3750/portaria_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3749/portaria_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3721/portaria_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3701/portaria_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3694/portaria_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3693/portaria_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3692/portaria_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3690/portaria_no_59-2025..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3689/portaria_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3688/portaria_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3687/portaria_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3686/portaria_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3684/portaria_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3683/portaria_no_53-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3680/portaria_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3679/portaria_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3678/portaria_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3657/portaria_no_49-2025_ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3656/portaria_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3655/portaria_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3654/portaria_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3653/portaria_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3652/portaria_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3651/portaria_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3649/portaria_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3648/portaria_no_41-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3647/portaria_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3646/portaria_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3645/portaria_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3639/portaria_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3638/portaria_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3637/portaria_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3636/portaria_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3635/portaria_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3634/portaria_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3633/portaria_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3632/portaria_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3631/skm_c36825012411190.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3630/portaria_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3629/portaria_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3628/portaria_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3627/portaria_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3626/portaria_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3625/portaria_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3624/portaria_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3623/portaria_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3622/portaria_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3621/portaria_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3620/portaria_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3619/portaria_no_17-2025..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3618/portaria_no_16_-_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3617/portaria_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3616/portaria_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3615/portaria_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3614/portaria_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3613/portaria_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3612/portaria_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3608/portaria_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3607/portaria_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3606/portaria_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3605/portaria_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3604/portaria_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3603/portaria_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3600/portaria_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3599/portaria_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3598/portaria_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3597/portaria_no_107-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3596/portaria_no_106-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3595/portaria_no_105-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3594/portaria_no_104-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3593/portaria_no_103-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3592/portaria_no_102-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3588/portaria_no_101_de_05_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3582/portaria_no_100-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3581/portaria-no-099-2024-comissao-valores-dos-bens-patrimoniais.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3580/portaria_no_98-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3579/portaria_no_97-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3578/portaria_no_96-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3577/portaria_no_95-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3576/portaria_no_94-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3575/portaria_no_93-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3565/portaria_no_92-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3564/portaria_no_91-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3558/portaria_no_90-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3557/portaria_no_89-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3556/portaria_no_88-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3555/portaria_no_87-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3554/portaria_no_86-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3549/portaria_no_85-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3548/portaria_no_84-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3547/portaria_no_83-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3546/portaria_no_82-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3542/portaria_no_81-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3541/portaria_no_80-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3540/portaria_no_79-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3539/portaria_no_78-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3531/portaria_no_77-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3530/portaria_no_76-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3529/portaria_no_75-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3527/portaria_no_74-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3517/portaria_no_73-2024-.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3516/portaria_no_72-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3515/portaria_no_71-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3514/portaria_no_70-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3513/portaria_no_69-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3512/portaria_no_68-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3496/portaria_no_67-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3495/portaria_no_66-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3494/portaria_no_65-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3493/portaria_no_64-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3492/portaria_no_63-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3491/portaria_no_62-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3490/portaria_no_61-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3489/portaria_no_60-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3488/portaria_no_59-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3487/portaria_no_58-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3486/portaria_no_57-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3485/portaria_no_55-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3479/portaria_no_55-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3478/portaria_no_54-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3477/portaria_no_53-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3476/portaria_no_52-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3475/portaria_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3474/portaria_no_50-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3473/portaria_no_49-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3472/portaria_no_48-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3471/portaria_no_47-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3470/portaria_no_46-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3469/portaria_no_45-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3468/portaria_no_44-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3467/portaria_no_43-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3466/portaria_no_42-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3465/portaria_no_41-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3459/portaria_no_40_-_cm.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3458/portaria_no_39_-_cm.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3457/portaria_no_38-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3456/portaria_no_37-2023_-_nomeacao_assessora.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3455/portaria_no_36-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3454/portaria_no_35-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3453/portaria_no_34-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3452/portaria_no_33-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3451/portaria_no_32-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3450/portaria_no_31-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3449/portaria_no_30-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3448/portaria_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3447/portaria_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3446/portaria_no_27-2023_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3445/portaria_no_26-2023_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3437/portaria_no_25-2023_-_comissao_especial_recesso.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3436/portaria_no_24-2024_-_convocacao_thomas_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3435/portaria_no_23-2024_-_convocacao_alana_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3434/portaria_no_22-2024_-_convocacao_tiago_-oficial.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3433/portaria_no_21-2024_-_convocacao_silvanio_-contador.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3432/portaria_no_20-2023_-_homologacao_do_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3431/portaria_no_19-2023_-_calendario_das_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3430/portaria_no_18-2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3429/portaria_no_17-2023_-_gratificacao_lucas.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3428/portaria_no_16-2023_-_gratificacao_catia.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3427/portaria_no_15-2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3426/portaria_no_14-2023_-_gratificacao_dilza.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3425/portaria_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3424/portaria_no_12-2023_-_gratificacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3423/portaria_no_11-2023_-_composicao_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3422/portaria_no_10-2024_-_anexo_novo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3421/portaria_no_09-2024..pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3420/portaria_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3419/portaria_no_07-2024_compressed.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3418/portaria_no_06-2024-compactado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3417/portaria_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3416/portaria_no_04-2024-compactado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3415/portaria_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3414/portaria_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3413/portaria_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3406/portaria_no_077-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3405/portaria_no_076-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3404/portaria_no_075-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3403/portaria_no_074-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3402/portaria_no_073-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3401/portaria_no_072-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3398/portaria_no_071-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3397/portaria_no_70-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3396/portaria_69-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3388/portaria_no_068-2023_-_expediente_dos_dias_16_e_17-11.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3387/portaria_no_067-2023_-_revoga_portaria_32.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3373/portaria_no_066-2023_-_comissao_especial_dos_decretos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3372/portaria_no_065-2023_-_comissao_especial_das_mensagens_de_veto_16_a_19.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3352/portaria_no_064-2023_-_progressao_guilherme_-_t.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3351/portaria_no_63-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3346/portaria_no_062-2023_-_ce.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3325/portaria_no_61-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3321/portaria_no_060-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3320/portaria_no_059-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3319/portaria_no_058-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3317/portaria_no_056-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3316/portaria_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3313/portaria_no_054-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3312/portaria_no_053-2023_-.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3311/portaria_no_052-2023_-.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3310/portaria_no_051-2023_-.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3299/portaria_no_050-2023_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3298/portaria_no-_49-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3293/portaria_no_048-2023_-_nomeacao_diretor_de_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3292/portaria_no_047-2023_-_2_lucas.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3291/portaria_no_046-2023_-_2_daiane.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3290/portaria_no_045-2023_-_progressao_guilherme_-_q.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3289/portaria_no_044-2023_-_progressao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3288/portaria_no_043-2023_-_ce.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3274/portaria_no_042-2023_-_novas_datas_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3273/portaria_no_041-2023_-_exonera_pablo.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3272/portaria_no_040-2023_-_comissao_de_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3269/portaria_no_039-2023_-_ce_-_mensagem_de_veto_04.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3268/portaria_no_038-2023_-.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3267/portaria_no_037-2023_-_progressao_luana_-_q.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3266/portaria_no_036-2023_-_nomeia_kiara.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3265/portaria_no_035-2023_-.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3264/portaria_no_034-2023_-.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3249/portaria_no_033-2023_-.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3245/portaria_no_032-2023_-_marco_temporal_licitacao.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3244/portaria_no_031-2023_-_nomeia_ce.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3243/portaria_no_030-2023_-_nomeia_rafael.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3242/portaria_no_029-2023_-_nomeia_pablo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3241/portaria_no_028-2023_-_revoga_portaria_12.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3166/portaria_no_027-2023_-_exonera_pablo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3165/portaria_no_026-2023_-_progressao_2o_quinquenio.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3164/portaria_no_025-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3163/portaria_no_024-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3162/portaria_no_023-2023_-_progressao_lucas.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3161/portaria_no_022-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3160/portaria_no_021-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3159/portaria_no_020-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3158/portaria_no_019-2023_-.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3157/portaria_no_018-2023_-_ferias_premio_lucilia.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3156/portaria_no_017-2023_-__quinquenio_lucilia.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3155/portaria_no_016-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3154/portaria_no_015-2023_-.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3153/portaria_no_014-2023_-_progressao_lucas.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3152/portaria_no_013-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3142/portaria_no_012-2023_-__gratificacao_dilza.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3141/portaria_no_011-2023_-__gratificacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3140/portaria_no_010-2023_-__gratificacao_daiane.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3139/portaria_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3138/portaria_no_008-2023_-__gratificacao_janiele.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3137/portaria_no_007-2023_-__gratificacao_lucilia.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3136/portaria_no_006-2023_-__gratificacao_luana.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3135/portaria_no_005-2023_-__calendario_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3134/portaria_no_004-2023_-__comissao_especial_recesso.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3133/portaria_no_003-2023_-__exoneracao_alisson.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3132/portaria_no_002-2023_-__pregoeiro.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3131/portaria_no_001-2023_-__comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3130/portaria_no_082-2022_-_26_dezembro_2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3126/portaria_no_081-2022_-_21_dezembro_2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3112/portaria_no_080-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3111/portaria_no_079-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3110/portaria_no_078-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3109/portaria_no_077-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3108/portaria_no_076-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3107/portaria_no_075-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3106/portaria_no_074-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3105/portaria_no_073-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3104/portaria_no_072-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3094/portaria_no_071-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3089/portaria_no_070-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3088/portaria_no_069-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3087/portaria_no_068-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3075/portaria_no_067.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3074/portaria_no_066-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3073/portaria_no_065-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3072/portaria_no_064-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3066/portaria_no_063-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3065/portaria_no_062-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3064/portaria_no_061-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3063/portaria_no_060-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3054/portaria_no_059-2022_-_altera_reuniao_do_dia_13-10.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3048/portaria_no_058-2022_-_comissao_especial_mveto_5.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3043/portaria_no_057-2022_-_comissao_especial_pdl_09_e_10.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3042/portaria_no_056-2022_-_progressao_carreira_kenia.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3041/portaria_no_055-2022_-_progressao_carreira_lucas.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2986/portaria_no_54-2022_-_procedimento_administrativo_para_pagamento.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2985/portaria_no_53-2022_-_gratificacao_guilherme_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2984/portaria_no_52-2022_-_gratificacao_daiane_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2983/portaria_no_51-2022_-_gratificacao_lucas_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2982/portaria_no_50-2022_-_gratificacao_janiele_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2981/portaria_no_49-2022_-_gratificacao_lucilia_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2980/portaria_no_48-2022_-_gratificacao_luana_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2971/portaria_no_47-2022_-_nomeia_alisso_domingues_fernandes.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2970/portaria_no_46-2022_-_nomeia_paulo_vitor_cimetta.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2969/portaria_no_45-2022_-_nomeia_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2968/portaria_no_44-2022_-_nomeia_alvina_goncalves_azevedo.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2967/portaria_no_43-2022_-_exonera_paulo_vitor_cimetta.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2966/portaria_no_42-2022_-_exonera_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2965/portaria_no_41-2022_-_exonera__alvina_goncalves_azevedo.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2964/portaria_no_40-2022_-_tabela_diarias_de_viagem.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2962/portaria_no_39-2022_-_comissao_especial_veto_no_04.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2958/portaria_no_38-2022_-_progressao_luana.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2957/portaria_no_37-2022_-_comissao_especial_mvto_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2950/portaria_no_035-2022_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2949/portaria_no_034-2022_-_comissao_especial_decretos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2948/portaria_no_033-2022_-_comissao_especial_mvto_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2933/portaria_no_032-2022_-_comissao_especial_mvto_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2925/portaria_no_031-2022_-_revoga_portaria_24.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2924/portaria_no_030-2022_-_dispensa_das_atividades_no_dia_14-04.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2923/portaria_no_029-2022_-_nomeia_procuradora_especial_da_mulher_e_procuradoras_adjuntas.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2922/portaria_no_028-2022_-__constitui_comissao_permanente_de_inventario_avaliacao.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2871/portaria_no_027-2022_-__concede_progressao_glenise.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2870/portaria_no_026-2022_-__concede_progressao_a_daiane.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2869/portaria_no_025-2022_-_comissoes_permanentes_2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2868/portaria_no_024-2022_-_designa_daiane_para_auxiliar_comissao_processante.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2867/portaria_no_023-2022_-_progressao_daiane_aparecida_lima_oliveira_-_e_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2866/portaria_no_022-2022_-_progressao_janiele_alves_dos_reis_-_h_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2865/portaria_no_021-2022_-_progressao_janiele_alves_dos_reis_-_g_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2864/portaria_no_020-2022_-_progressao_luana_nunes_vieira_-_f_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2863/portaria_no_019-2022_-_progressao_lucilia_helena_moreira_-_f_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2862/portaria_no_018-2022_-_quinquenio_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2861/portaria_no_017-2022_-_quinquenio_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2860/portaria_no_016-2022_-_ferias_premio_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2859/portaria_no_015-2022_-_progressao_daiane_aparecida_lima_oliveira_-_d_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2858/portaria_no_014-2022_-_progressao_guilherme_da_silva_ordones_-_i_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2857/portaria_no_013-2022_-_progressao_dilza_faria_de_andrade_-_f_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2856/portaria_no_012-2022_-_progressao_lucas_teixeira_alves_-_e_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2855/portaria_no_011-2022_-_progressao_catia_silene_da_cruz_silva_-_h_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2850/portaria_no_010-2022_-_comissao_especial_-_recesso_parlamentar_ok.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2848/portaria_no_009-2022_-_calendario_oficial_de_reunioes_ordinarias_em_2022_-_ok.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2847/portaria_no_008-2022_-gratificacao_guilherme_da_silva_ordones.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2846/portaria_no_007-2022_-gratificacao_daiane_aparecida_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2845/portaria_no_006-2022_-gratificacao_lucas_teixeira_alves.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2844/portaria_no_005-2022_-gratificacao_janiele_alves_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2843/portaria_no_004-2022_-gratificacao_lucilia_helena_vieira.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2842/portaria_no_003-2022_-gratificacao_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2841/portaria_no_002-2022_-_nomeacao_pregoeiro_equipe_de_apoio_em_2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2840/portaria_no_001-2022_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2828/portaria_no_042_de_20_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2833/portaria_no_041_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2832/portaria_no_040_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2831/portaria_no_039_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2830/portaria_no_038_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2829/portaria_no_037_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2823/portaria_no_036_de_13_de_dezembro_de_2021_-_comissao_especial_veto_10.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2794/portaria_no_035_de_10_de_novembro_de_2021_-_comissao_especial_veto_09.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2793/portaria_no_034_de_09_de_novembro_de_2021_-_comissao_especial_vetos_06_07_e_08.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2754/portaria_no_032_de_18_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2691/portaria_no_030_de_12_de_julho_de_2021_--convertido.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2576/portaria_no_029_de_07_de_junho_de_2021_-_adia_de_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2573/portaria_no_28_de_18_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2572/portaria_no_27_de_22_de_abri_de_2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2564/portaria_no_026_de_20_de_abril_de_2021_-_comissao_especial_para_apreciacao_de_mveto_no_02_e_03-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2563/portaria_no_025_de_08_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2562/portaria_no_024_de_07_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2561/portaria_no_023_de_05_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2554/portaria_no_022_de_03_de_marco_de_2021_-_nova_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2552/portaria_no_021_de_02_de_marco_de_2021_-_destituida_catia.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2551/portaria_no_020_de_26_de_fevereiro_de_2021_-_prorroga_o_revezamento_e_suspende_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2550/portaria_no_019_de_22_de_fevereiro_de_2021_-_covid-19_atendimento_camara.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2549/portaria_no_018_de_22_de_fevereiro_de_2021_-_comissao_especial_p_veto.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2548/portaria_no_017_de_16_de_fevereiro_de_2021_-_sistema_revezamento_servidores_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2545/portaria_no_016_de_12_de_fevereiro_de_2021_-_nomeacao_das_comissoes_permanentes_2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2544/portaria_no_015_de_10_de_fevereiro_de_2021_-_sistema_revezamento_servidores_nos_dias_15_e_16-02.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2543/portaria_no_014_de_09_de_fevereiro_de_2021_-_medidas_covid_19.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2542/portaria_no_013_de_14_de_janeiro_de_2021_-_comissao_especial_-_recesso_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2541/portaria_no_012_de_14_de_janeiro_de_2021_-_calendario_oficial_de_reunioes_ordinarias_em_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2540/portaria_no_011_de_05_de_janeiro_de_2021_-_gratificacao_-_daiane_aparecida_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2539/portaria_no_010_de_05_de_janeiro_de_2021_-_gratificacao_lucas_teixeira_alves.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2538/portaria_no_009_de_05_de_janeiro_de_2021_-_gratificacao_guilherme_da_silva_ordones.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2537/portaria_no_008_de_05_de_janeiro_de_2021_-_gratificacao_catia_silene_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2536/portaria_no_007_de_05_de_janeiro_de_2021_-_gratificacao_janiele_alves_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2535/portaria_no_006_de_05_de_janeiro_de_2021_-_gratificacao_lucilia_helena_moreira.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2534/portaria_no_005_de_05_de_janeiro_de_2021_-_gratificacao_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2533/portaria_no_004_de_05_de_janeiro_de_2021_-__nomeacao_pregoeiro_e_equipe_de_apoio_em_2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2532/portaria_no_003_de_05_de_janeiro_de_2021_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2531/portaria_no_002_de_05_de_janeiro_de_2021_-_nomeia_diretor_geral_-_alvina.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2530/portaria_no_001_de_04_de_janeiro_de_2021_-_exonera_diretor_geral_-_ronan.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2014/3151/portaria_no_05-2014.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2013/3150/portaria_13-2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G377"/>
+  <dimension ref="A1:G402"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="179.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -4583,8231 +4805,8806 @@
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>87</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>88</v>
       </c>
       <c r="G21" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>90</v>
       </c>
       <c r="B22" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C22" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G22" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C23" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G23" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B24" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C24" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G24" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C25" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="G25" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B26" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C26" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="G26" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B27" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C27" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G27" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B28" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C28" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G28" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B29" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C29" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G29" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B30" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C30" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G30" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B31" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C31" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G31" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B32" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C32" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G32" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B33" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C33" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G33" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B34" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C34" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G34" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B35" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C35" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G35" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B36" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C36" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G36" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B37" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C37" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="G37" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B38" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C38" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G38" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B39" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C39" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G39" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B40" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C40" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G40" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B41" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C41" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G41" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B42" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C42" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G42" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B43" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C43" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="G43" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B44" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C44" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G44" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B45" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C45" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G45" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B46" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C46" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="G46" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B47" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C47" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G47" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B48" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C48" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="G48" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B49" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C49" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G49" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B50" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C50" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G50" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B51" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C51" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="G51" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B52" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C52" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G52" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B53" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C53" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G53" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B54" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C54" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G54" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B55" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C55" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="G55" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B56" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C56" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="G56" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B57" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C57" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="G57" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B58" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C58" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="G58" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B59" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C59" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="G59" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B60" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C60" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="G60" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B61" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C61" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="G61" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B62" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C62" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="G62" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B63" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C63" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="G63" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B64" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C64" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G64" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B65" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C65" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="G65" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B66" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C66" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G66" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B67" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="C67" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="G67" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B68" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C68" t="s">
         <v>276</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>277</v>
       </c>
       <c r="G68" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>279</v>
       </c>
       <c r="B69" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C69" t="s">
         <v>280</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>281</v>
       </c>
       <c r="G69" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>283</v>
       </c>
       <c r="B70" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C70" t="s">
         <v>284</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>285</v>
       </c>
       <c r="G70" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>287</v>
       </c>
       <c r="B71" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C71" t="s">
         <v>288</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>289</v>
       </c>
       <c r="G71" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>291</v>
       </c>
       <c r="B72" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C72" t="s">
         <v>292</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>293</v>
       </c>
       <c r="G72" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>295</v>
       </c>
       <c r="B73" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C73" t="s">
+        <v>9</v>
+      </c>
+      <c r="D73" t="s">
+        <v>10</v>
+      </c>
+      <c r="E73" t="s">
+        <v>11</v>
+      </c>
+      <c r="F73" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="D73" t="s">
-[...5 lines deleted...]
-      <c r="F73" s="1" t="s">
+      <c r="G73" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
+        <v>298</v>
+      </c>
+      <c r="B74" t="s">
+        <v>91</v>
+      </c>
+      <c r="C74" t="s">
+        <v>15</v>
+      </c>
+      <c r="D74" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="B74" t="s">
-[...2 lines deleted...]
-      <c r="C74" t="s">
+      <c r="G74" t="s">
         <v>300</v>
-      </c>
-[...10 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
+        <v>301</v>
+      </c>
+      <c r="B75" t="s">
+        <v>91</v>
+      </c>
+      <c r="C75" t="s">
+        <v>19</v>
+      </c>
+      <c r="D75" t="s">
+        <v>10</v>
+      </c>
+      <c r="E75" t="s">
+        <v>11</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="G75" t="s">
         <v>303</v>
-      </c>
-[...16 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B76" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C76" t="s">
-        <v>308</v>
+        <v>23</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="G76" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="B77" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C77" t="s">
-        <v>312</v>
+        <v>27</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="G77" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="B78" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C78" t="s">
-        <v>316</v>
+        <v>31</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="G78" t="s">
-        <v>318</v>
+        <v>61</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>319</v>
+        <v>312</v>
       </c>
       <c r="B79" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C79" t="s">
-        <v>320</v>
+        <v>35</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>321</v>
+        <v>313</v>
       </c>
       <c r="G79" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="B80" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C80" t="s">
-        <v>324</v>
+        <v>39</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>325</v>
+        <v>316</v>
       </c>
       <c r="G80" t="s">
-        <v>326</v>
+        <v>317</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>327</v>
+        <v>318</v>
       </c>
       <c r="B81" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C81" t="s">
-        <v>328</v>
+        <v>43</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
       <c r="G81" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B82" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C82" t="s">
-        <v>332</v>
+        <v>47</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
       <c r="G82" t="s">
-        <v>334</v>
+        <v>57</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>335</v>
+        <v>323</v>
       </c>
       <c r="B83" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C83" t="s">
-        <v>336</v>
+        <v>51</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>337</v>
+        <v>324</v>
       </c>
       <c r="G83" t="s">
-        <v>338</v>
+        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>339</v>
+        <v>326</v>
       </c>
       <c r="B84" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C84" t="s">
-        <v>340</v>
+        <v>55</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>341</v>
+        <v>327</v>
       </c>
       <c r="G84" t="s">
-        <v>342</v>
+        <v>328</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>343</v>
+        <v>329</v>
       </c>
       <c r="B85" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C85" t="s">
-        <v>344</v>
+        <v>59</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>345</v>
+        <v>330</v>
       </c>
       <c r="G85" t="s">
-        <v>346</v>
+        <v>331</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>347</v>
+        <v>332</v>
       </c>
       <c r="B86" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C86" t="s">
-        <v>348</v>
+        <v>63</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>349</v>
+        <v>333</v>
       </c>
       <c r="G86" t="s">
-        <v>350</v>
+        <v>334</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>351</v>
+        <v>335</v>
       </c>
       <c r="B87" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C87" t="s">
-        <v>352</v>
+        <v>67</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>353</v>
+        <v>336</v>
       </c>
       <c r="G87" t="s">
-        <v>354</v>
+        <v>337</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>355</v>
+        <v>338</v>
       </c>
       <c r="B88" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C88" t="s">
-        <v>356</v>
+        <v>71</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>357</v>
+        <v>339</v>
       </c>
       <c r="G88" t="s">
-        <v>358</v>
+        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>359</v>
+        <v>341</v>
       </c>
       <c r="B89" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C89" t="s">
-        <v>360</v>
+        <v>75</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>361</v>
+        <v>342</v>
       </c>
       <c r="G89" t="s">
-        <v>362</v>
+        <v>343</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>363</v>
+        <v>344</v>
       </c>
       <c r="B90" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C90" t="s">
-        <v>364</v>
+        <v>79</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>365</v>
+        <v>345</v>
       </c>
       <c r="G90" t="s">
-        <v>366</v>
+        <v>346</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>367</v>
+        <v>347</v>
       </c>
       <c r="B91" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C91" t="s">
-        <v>368</v>
+        <v>83</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>369</v>
+        <v>348</v>
       </c>
       <c r="G91" t="s">
-        <v>370</v>
+        <v>349</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>371</v>
+        <v>350</v>
       </c>
       <c r="B92" t="s">
-        <v>275</v>
+        <v>91</v>
       </c>
       <c r="C92" t="s">
-        <v>372</v>
+        <v>87</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>373</v>
+        <v>351</v>
       </c>
       <c r="G92" t="s">
-        <v>374</v>
+        <v>352</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>375</v>
+        <v>353</v>
       </c>
       <c r="B93" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C93" t="s">
-        <v>376</v>
+        <v>355</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>377</v>
+        <v>356</v>
       </c>
       <c r="G93" t="s">
-        <v>378</v>
+        <v>357</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>379</v>
+        <v>358</v>
       </c>
       <c r="B94" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C94" t="s">
-        <v>380</v>
+        <v>359</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>381</v>
+        <v>360</v>
       </c>
       <c r="G94" t="s">
-        <v>382</v>
+        <v>361</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>383</v>
+        <v>362</v>
       </c>
       <c r="B95" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C95" t="s">
-        <v>384</v>
+        <v>363</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>385</v>
+        <v>364</v>
       </c>
       <c r="G95" t="s">
-        <v>386</v>
+        <v>365</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>387</v>
+        <v>366</v>
       </c>
       <c r="B96" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C96" t="s">
-        <v>388</v>
+        <v>367</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>389</v>
+        <v>368</v>
       </c>
       <c r="G96" t="s">
-        <v>390</v>
+        <v>369</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>391</v>
+        <v>370</v>
       </c>
       <c r="B97" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C97" t="s">
-        <v>392</v>
+        <v>371</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>393</v>
+        <v>372</v>
       </c>
       <c r="G97" t="s">
-        <v>394</v>
+        <v>373</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>395</v>
+        <v>374</v>
       </c>
       <c r="B98" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C98" t="s">
-        <v>396</v>
+        <v>375</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>397</v>
+        <v>376</v>
       </c>
       <c r="G98" t="s">
-        <v>398</v>
+        <v>377</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>399</v>
+        <v>378</v>
       </c>
       <c r="B99" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C99" t="s">
-        <v>400</v>
+        <v>379</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>401</v>
+        <v>380</v>
       </c>
       <c r="G99" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>403</v>
+        <v>382</v>
       </c>
       <c r="B100" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C100" t="s">
-        <v>404</v>
+        <v>383</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>405</v>
+        <v>384</v>
       </c>
       <c r="G100" t="s">
-        <v>406</v>
+        <v>385</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>407</v>
+        <v>386</v>
       </c>
       <c r="B101" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C101" t="s">
-        <v>408</v>
+        <v>387</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>409</v>
+        <v>388</v>
       </c>
       <c r="G101" t="s">
-        <v>410</v>
+        <v>389</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>411</v>
+        <v>390</v>
       </c>
       <c r="B102" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C102" t="s">
-        <v>412</v>
+        <v>391</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>413</v>
+        <v>392</v>
       </c>
       <c r="G102" t="s">
-        <v>414</v>
+        <v>393</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>415</v>
+        <v>394</v>
       </c>
       <c r="B103" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C103" t="s">
-        <v>416</v>
+        <v>395</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>417</v>
+        <v>396</v>
       </c>
       <c r="G103" t="s">
-        <v>418</v>
+        <v>397</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>419</v>
+        <v>398</v>
       </c>
       <c r="B104" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C104" t="s">
-        <v>420</v>
+        <v>399</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>421</v>
+        <v>400</v>
       </c>
       <c r="G104" t="s">
-        <v>422</v>
+        <v>401</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>423</v>
+        <v>402</v>
       </c>
       <c r="B105" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C105" t="s">
-        <v>424</v>
+        <v>403</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>425</v>
+        <v>404</v>
       </c>
       <c r="G105" t="s">
-        <v>426</v>
+        <v>405</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>427</v>
+        <v>406</v>
       </c>
       <c r="B106" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C106" t="s">
-        <v>428</v>
+        <v>407</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>429</v>
+        <v>408</v>
       </c>
       <c r="G106" t="s">
-        <v>430</v>
+        <v>409</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>431</v>
+        <v>410</v>
       </c>
       <c r="B107" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C107" t="s">
-        <v>432</v>
+        <v>411</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>433</v>
+        <v>412</v>
       </c>
       <c r="G107" t="s">
-        <v>434</v>
+        <v>413</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>435</v>
+        <v>414</v>
       </c>
       <c r="B108" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C108" t="s">
-        <v>436</v>
+        <v>415</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>437</v>
+        <v>416</v>
       </c>
       <c r="G108" t="s">
-        <v>438</v>
+        <v>417</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>439</v>
+        <v>418</v>
       </c>
       <c r="B109" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C109" t="s">
-        <v>9</v>
+        <v>419</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>440</v>
+        <v>420</v>
       </c>
       <c r="G109" t="s">
-        <v>233</v>
+        <v>421</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>441</v>
+        <v>422</v>
       </c>
       <c r="B110" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C110" t="s">
-        <v>15</v>
+        <v>423</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>442</v>
+        <v>424</v>
       </c>
       <c r="G110" t="s">
-        <v>443</v>
+        <v>425</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>444</v>
+        <v>426</v>
       </c>
       <c r="B111" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C111" t="s">
-        <v>19</v>
+        <v>427</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>445</v>
+        <v>428</v>
       </c>
       <c r="G111" t="s">
-        <v>446</v>
+        <v>429</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>447</v>
+        <v>430</v>
       </c>
       <c r="B112" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C112" t="s">
-        <v>23</v>
+        <v>431</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>448</v>
+        <v>432</v>
       </c>
       <c r="G112" t="s">
-        <v>449</v>
+        <v>433</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>450</v>
+        <v>434</v>
       </c>
       <c r="B113" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C113" t="s">
-        <v>27</v>
+        <v>435</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>451</v>
+        <v>436</v>
       </c>
       <c r="G113" t="s">
-        <v>452</v>
+        <v>437</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>453</v>
+        <v>438</v>
       </c>
       <c r="B114" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C114" t="s">
-        <v>31</v>
+        <v>439</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>454</v>
+        <v>440</v>
       </c>
       <c r="G114" t="s">
-        <v>455</v>
+        <v>441</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>456</v>
+        <v>442</v>
       </c>
       <c r="B115" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C115" t="s">
-        <v>35</v>
+        <v>443</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>457</v>
+        <v>444</v>
       </c>
       <c r="G115" t="s">
-        <v>458</v>
+        <v>445</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>459</v>
+        <v>446</v>
       </c>
       <c r="B116" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C116" t="s">
-        <v>39</v>
+        <v>447</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>460</v>
+        <v>448</v>
       </c>
       <c r="G116" t="s">
-        <v>461</v>
+        <v>449</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>462</v>
+        <v>450</v>
       </c>
       <c r="B117" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C117" t="s">
-        <v>43</v>
+        <v>451</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>463</v>
+        <v>452</v>
       </c>
       <c r="G117" t="s">
-        <v>464</v>
+        <v>453</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>465</v>
+        <v>454</v>
       </c>
       <c r="B118" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C118" t="s">
-        <v>47</v>
+        <v>455</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="G118" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="B119" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C119" t="s">
-        <v>51</v>
+        <v>459</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>469</v>
+        <v>460</v>
       </c>
       <c r="G119" t="s">
-        <v>470</v>
+        <v>461</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="B120" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C120" t="s">
-        <v>55</v>
+        <v>463</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>472</v>
+        <v>464</v>
       </c>
       <c r="G120" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="B121" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C121" t="s">
-        <v>59</v>
+        <v>467</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="G121" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>477</v>
+        <v>470</v>
       </c>
       <c r="B122" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C122" t="s">
-        <v>63</v>
+        <v>471</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="G122" t="s">
-        <v>193</v>
+        <v>473</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="B123" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C123" t="s">
-        <v>67</v>
+        <v>475</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="G123" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="B124" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C124" t="s">
-        <v>71</v>
+        <v>479</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>483</v>
+        <v>480</v>
       </c>
       <c r="G124" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
+        <v>482</v>
+      </c>
+      <c r="B125" t="s">
+        <v>354</v>
+      </c>
+      <c r="C125" t="s">
+        <v>483</v>
+      </c>
+      <c r="D125" t="s">
+        <v>10</v>
+      </c>
+      <c r="E125" t="s">
+        <v>11</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="G125" t="s">
         <v>485</v>
-      </c>
-[...16 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
+        <v>486</v>
+      </c>
+      <c r="B126" t="s">
+        <v>354</v>
+      </c>
+      <c r="C126" t="s">
+        <v>487</v>
+      </c>
+      <c r="D126" t="s">
+        <v>10</v>
+      </c>
+      <c r="E126" t="s">
+        <v>11</v>
+      </c>
+      <c r="F126" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="B126" t="s">
-[...11 lines deleted...]
-      <c r="F126" s="1" t="s">
+      <c r="G126" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
+        <v>490</v>
+      </c>
+      <c r="B127" t="s">
+        <v>354</v>
+      </c>
+      <c r="C127" t="s">
         <v>491</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>492</v>
       </c>
       <c r="G127" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
         <v>494</v>
       </c>
       <c r="B128" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C128" t="s">
-        <v>87</v>
+        <v>495</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="G128" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B129" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C129" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="G129" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B130" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C130" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="G130" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B131" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C131" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="G131" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B132" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C132" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="G132" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B133" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C133" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="G133" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B134" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C134" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="G134" t="s">
-        <v>514</v>
+        <v>57</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
         <v>515</v>
       </c>
       <c r="B135" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C135" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>516</v>
       </c>
       <c r="G135" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
         <v>518</v>
       </c>
       <c r="B136" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C136" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>519</v>
       </c>
       <c r="G136" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
         <v>521</v>
       </c>
       <c r="B137" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C137" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>522</v>
       </c>
       <c r="G137" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>524</v>
       </c>
       <c r="B138" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C138" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>525</v>
       </c>
       <c r="G138" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>527</v>
       </c>
       <c r="B139" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C139" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>528</v>
       </c>
       <c r="G139" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>530</v>
       </c>
       <c r="B140" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C140" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>531</v>
       </c>
       <c r="G140" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>533</v>
       </c>
       <c r="B141" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C141" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>534</v>
       </c>
       <c r="G141" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>536</v>
       </c>
       <c r="B142" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C142" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>537</v>
       </c>
       <c r="G142" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>539</v>
       </c>
       <c r="B143" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C143" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>540</v>
       </c>
       <c r="G143" t="s">
-        <v>233</v>
+        <v>541</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B144" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C144" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="G144" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B145" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C145" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="G145" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B146" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C146" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="G146" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B147" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C147" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="G147" t="s">
-        <v>552</v>
+        <v>294</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>553</v>
       </c>
       <c r="B148" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C148" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>554</v>
       </c>
       <c r="G148" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>556</v>
       </c>
       <c r="B149" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C149" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>557</v>
       </c>
       <c r="G149" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
         <v>559</v>
       </c>
       <c r="B150" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C150" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>560</v>
       </c>
       <c r="G150" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>562</v>
       </c>
       <c r="B151" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C151" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>563</v>
       </c>
       <c r="G151" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>565</v>
       </c>
       <c r="B152" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C152" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>566</v>
       </c>
       <c r="G152" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>568</v>
       </c>
       <c r="B153" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C153" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>569</v>
       </c>
       <c r="G153" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>571</v>
       </c>
       <c r="B154" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C154" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>572</v>
       </c>
       <c r="G154" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>574</v>
       </c>
       <c r="B155" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C155" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>575</v>
       </c>
       <c r="G155" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>577</v>
       </c>
       <c r="B156" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C156" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>578</v>
       </c>
       <c r="G156" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>580</v>
       </c>
       <c r="B157" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C157" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>581</v>
       </c>
       <c r="G157" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>583</v>
       </c>
       <c r="B158" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C158" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>584</v>
       </c>
       <c r="G158" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>586</v>
       </c>
       <c r="B159" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C159" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>587</v>
       </c>
       <c r="G159" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>589</v>
       </c>
       <c r="B160" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C160" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>590</v>
       </c>
       <c r="G160" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>592</v>
       </c>
       <c r="B161" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C161" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>593</v>
       </c>
       <c r="G161" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>595</v>
       </c>
       <c r="B162" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C162" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>596</v>
       </c>
       <c r="G162" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
         <v>598</v>
       </c>
       <c r="B163" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C163" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>599</v>
       </c>
       <c r="G163" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
         <v>601</v>
       </c>
       <c r="B164" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C164" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>602</v>
       </c>
       <c r="G164" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>604</v>
       </c>
       <c r="B165" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C165" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>605</v>
       </c>
       <c r="G165" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>607</v>
       </c>
       <c r="B166" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C166" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>608</v>
       </c>
       <c r="G166" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>610</v>
       </c>
       <c r="B167" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C167" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>611</v>
       </c>
       <c r="G167" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
         <v>613</v>
       </c>
       <c r="B168" t="s">
-        <v>275</v>
+        <v>354</v>
       </c>
       <c r="C168" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>614</v>
       </c>
       <c r="G168" t="s">
-        <v>615</v>
+        <v>57</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
+        <v>615</v>
+      </c>
+      <c r="B169" t="s">
+        <v>354</v>
+      </c>
+      <c r="C169" t="s">
+        <v>252</v>
+      </c>
+      <c r="D169" t="s">
+        <v>10</v>
+      </c>
+      <c r="E169" t="s">
+        <v>11</v>
+      </c>
+      <c r="F169" s="1" t="s">
         <v>616</v>
       </c>
-      <c r="B169" t="s">
-[...11 lines deleted...]
-      <c r="F169" s="1" t="s">
+      <c r="G169" t="s">
         <v>617</v>
-      </c>
-[...1 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
+        <v>618</v>
+      </c>
+      <c r="B170" t="s">
+        <v>354</v>
+      </c>
+      <c r="C170" t="s">
+        <v>256</v>
+      </c>
+      <c r="D170" t="s">
+        <v>10</v>
+      </c>
+      <c r="E170" t="s">
+        <v>11</v>
+      </c>
+      <c r="F170" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="B170" t="s">
-[...11 lines deleted...]
-      <c r="F170" s="1" t="s">
+      <c r="G170" t="s">
         <v>620</v>
-      </c>
-[...1 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
+        <v>621</v>
+      </c>
+      <c r="B171" t="s">
+        <v>354</v>
+      </c>
+      <c r="C171" t="s">
+        <v>260</v>
+      </c>
+      <c r="D171" t="s">
+        <v>10</v>
+      </c>
+      <c r="E171" t="s">
+        <v>11</v>
+      </c>
+      <c r="F171" s="1" t="s">
         <v>622</v>
       </c>
-      <c r="B171" t="s">
-[...11 lines deleted...]
-      <c r="F171" s="1" t="s">
+      <c r="G171" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
+        <v>624</v>
+      </c>
+      <c r="B172" t="s">
+        <v>354</v>
+      </c>
+      <c r="C172" t="s">
+        <v>264</v>
+      </c>
+      <c r="D172" t="s">
+        <v>10</v>
+      </c>
+      <c r="E172" t="s">
+        <v>11</v>
+      </c>
+      <c r="F172" s="1" t="s">
         <v>625</v>
       </c>
-      <c r="B172" t="s">
-[...11 lines deleted...]
-      <c r="F172" s="1" t="s">
+      <c r="G172" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
+        <v>627</v>
+      </c>
+      <c r="B173" t="s">
+        <v>354</v>
+      </c>
+      <c r="C173" t="s">
+        <v>268</v>
+      </c>
+      <c r="D173" t="s">
+        <v>10</v>
+      </c>
+      <c r="E173" t="s">
+        <v>11</v>
+      </c>
+      <c r="F173" s="1" t="s">
         <v>628</v>
       </c>
-      <c r="B173" t="s">
-[...11 lines deleted...]
-      <c r="F173" s="1" t="s">
+      <c r="G173" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
+        <v>630</v>
+      </c>
+      <c r="B174" t="s">
+        <v>354</v>
+      </c>
+      <c r="C174" t="s">
+        <v>272</v>
+      </c>
+      <c r="D174" t="s">
+        <v>10</v>
+      </c>
+      <c r="E174" t="s">
+        <v>11</v>
+      </c>
+      <c r="F174" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="B174" t="s">
-[...11 lines deleted...]
-      <c r="F174" s="1" t="s">
+      <c r="G174" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
+        <v>633</v>
+      </c>
+      <c r="B175" t="s">
+        <v>354</v>
+      </c>
+      <c r="C175" t="s">
+        <v>276</v>
+      </c>
+      <c r="D175" t="s">
+        <v>10</v>
+      </c>
+      <c r="E175" t="s">
+        <v>11</v>
+      </c>
+      <c r="F175" s="1" t="s">
         <v>634</v>
       </c>
-      <c r="B175" t="s">
+      <c r="G175" t="s">
         <v>635</v>
-      </c>
-[...13 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
+        <v>636</v>
+      </c>
+      <c r="B176" t="s">
+        <v>354</v>
+      </c>
+      <c r="C176" t="s">
+        <v>280</v>
+      </c>
+      <c r="D176" t="s">
+        <v>10</v>
+      </c>
+      <c r="E176" t="s">
+        <v>11</v>
+      </c>
+      <c r="F176" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="G176" t="s">
         <v>638</v>
-      </c>
-[...16 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
+        <v>639</v>
+      </c>
+      <c r="B177" t="s">
+        <v>354</v>
+      </c>
+      <c r="C177" t="s">
+        <v>284</v>
+      </c>
+      <c r="D177" t="s">
+        <v>10</v>
+      </c>
+      <c r="E177" t="s">
+        <v>11</v>
+      </c>
+      <c r="F177" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="G177" t="s">
         <v>641</v>
-      </c>
-[...16 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
+        <v>642</v>
+      </c>
+      <c r="B178" t="s">
+        <v>354</v>
+      </c>
+      <c r="C178" t="s">
+        <v>288</v>
+      </c>
+      <c r="D178" t="s">
+        <v>10</v>
+      </c>
+      <c r="E178" t="s">
+        <v>11</v>
+      </c>
+      <c r="F178" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="G178" t="s">
         <v>644</v>
-      </c>
-[...16 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
+        <v>645</v>
+      </c>
+      <c r="B179" t="s">
+        <v>354</v>
+      </c>
+      <c r="C179" t="s">
+        <v>292</v>
+      </c>
+      <c r="D179" t="s">
+        <v>10</v>
+      </c>
+      <c r="E179" t="s">
+        <v>11</v>
+      </c>
+      <c r="F179" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="G179" t="s">
         <v>647</v>
-      </c>
-[...16 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
+        <v>648</v>
+      </c>
+      <c r="B180" t="s">
+        <v>354</v>
+      </c>
+      <c r="C180" t="s">
+        <v>9</v>
+      </c>
+      <c r="D180" t="s">
+        <v>10</v>
+      </c>
+      <c r="E180" t="s">
+        <v>11</v>
+      </c>
+      <c r="F180" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="G180" t="s">
         <v>650</v>
-      </c>
-[...16 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
+        <v>651</v>
+      </c>
+      <c r="B181" t="s">
+        <v>354</v>
+      </c>
+      <c r="C181" t="s">
+        <v>15</v>
+      </c>
+      <c r="D181" t="s">
+        <v>10</v>
+      </c>
+      <c r="E181" t="s">
+        <v>11</v>
+      </c>
+      <c r="F181" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="G181" t="s">
         <v>653</v>
-      </c>
-[...16 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
+        <v>654</v>
+      </c>
+      <c r="B182" t="s">
+        <v>354</v>
+      </c>
+      <c r="C182" t="s">
+        <v>19</v>
+      </c>
+      <c r="D182" t="s">
+        <v>10</v>
+      </c>
+      <c r="E182" t="s">
+        <v>11</v>
+      </c>
+      <c r="F182" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="G182" t="s">
         <v>656</v>
-      </c>
-[...16 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
+        <v>657</v>
+      </c>
+      <c r="B183" t="s">
+        <v>354</v>
+      </c>
+      <c r="C183" t="s">
+        <v>23</v>
+      </c>
+      <c r="D183" t="s">
+        <v>10</v>
+      </c>
+      <c r="E183" t="s">
+        <v>11</v>
+      </c>
+      <c r="F183" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="G183" t="s">
         <v>659</v>
-      </c>
-[...16 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
+        <v>660</v>
+      </c>
+      <c r="B184" t="s">
+        <v>354</v>
+      </c>
+      <c r="C184" t="s">
+        <v>27</v>
+      </c>
+      <c r="D184" t="s">
+        <v>10</v>
+      </c>
+      <c r="E184" t="s">
+        <v>11</v>
+      </c>
+      <c r="F184" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="G184" t="s">
         <v>662</v>
-      </c>
-[...16 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
+        <v>663</v>
+      </c>
+      <c r="B185" t="s">
+        <v>354</v>
+      </c>
+      <c r="C185" t="s">
+        <v>31</v>
+      </c>
+      <c r="D185" t="s">
+        <v>10</v>
+      </c>
+      <c r="E185" t="s">
+        <v>11</v>
+      </c>
+      <c r="F185" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="G185" t="s">
         <v>665</v>
-      </c>
-[...16 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
+        <v>666</v>
+      </c>
+      <c r="B186" t="s">
+        <v>354</v>
+      </c>
+      <c r="C186" t="s">
+        <v>35</v>
+      </c>
+      <c r="D186" t="s">
+        <v>10</v>
+      </c>
+      <c r="E186" t="s">
+        <v>11</v>
+      </c>
+      <c r="F186" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="G186" t="s">
         <v>668</v>
-      </c>
-[...16 lines deleted...]
-        <v>670</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
+        <v>669</v>
+      </c>
+      <c r="B187" t="s">
+        <v>354</v>
+      </c>
+      <c r="C187" t="s">
+        <v>39</v>
+      </c>
+      <c r="D187" t="s">
+        <v>10</v>
+      </c>
+      <c r="E187" t="s">
+        <v>11</v>
+      </c>
+      <c r="F187" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="G187" t="s">
         <v>671</v>
-      </c>
-[...16 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
+        <v>672</v>
+      </c>
+      <c r="B188" t="s">
+        <v>354</v>
+      </c>
+      <c r="C188" t="s">
+        <v>43</v>
+      </c>
+      <c r="D188" t="s">
+        <v>10</v>
+      </c>
+      <c r="E188" t="s">
+        <v>11</v>
+      </c>
+      <c r="F188" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="G188" t="s">
         <v>674</v>
-      </c>
-[...16 lines deleted...]
-        <v>676</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
+        <v>675</v>
+      </c>
+      <c r="B189" t="s">
+        <v>354</v>
+      </c>
+      <c r="C189" t="s">
+        <v>47</v>
+      </c>
+      <c r="D189" t="s">
+        <v>10</v>
+      </c>
+      <c r="E189" t="s">
+        <v>11</v>
+      </c>
+      <c r="F189" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="G189" t="s">
         <v>677</v>
-      </c>
-[...16 lines deleted...]
-        <v>679</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
+        <v>678</v>
+      </c>
+      <c r="B190" t="s">
+        <v>354</v>
+      </c>
+      <c r="C190" t="s">
+        <v>51</v>
+      </c>
+      <c r="D190" t="s">
+        <v>10</v>
+      </c>
+      <c r="E190" t="s">
+        <v>11</v>
+      </c>
+      <c r="F190" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="G190" t="s">
         <v>680</v>
-      </c>
-[...16 lines deleted...]
-        <v>682</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
+        <v>681</v>
+      </c>
+      <c r="B191" t="s">
+        <v>354</v>
+      </c>
+      <c r="C191" t="s">
+        <v>55</v>
+      </c>
+      <c r="D191" t="s">
+        <v>10</v>
+      </c>
+      <c r="E191" t="s">
+        <v>11</v>
+      </c>
+      <c r="F191" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="G191" t="s">
         <v>683</v>
-      </c>
-[...16 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
+        <v>684</v>
+      </c>
+      <c r="B192" t="s">
+        <v>354</v>
+      </c>
+      <c r="C192" t="s">
+        <v>59</v>
+      </c>
+      <c r="D192" t="s">
+        <v>10</v>
+      </c>
+      <c r="E192" t="s">
+        <v>11</v>
+      </c>
+      <c r="F192" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="G192" t="s">
         <v>686</v>
-      </c>
-[...16 lines deleted...]
-        <v>688</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
+        <v>687</v>
+      </c>
+      <c r="B193" t="s">
+        <v>354</v>
+      </c>
+      <c r="C193" t="s">
+        <v>63</v>
+      </c>
+      <c r="D193" t="s">
+        <v>10</v>
+      </c>
+      <c r="E193" t="s">
+        <v>11</v>
+      </c>
+      <c r="F193" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="G193" t="s">
         <v>689</v>
-      </c>
-[...16 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
+        <v>690</v>
+      </c>
+      <c r="B194" t="s">
+        <v>354</v>
+      </c>
+      <c r="C194" t="s">
+        <v>67</v>
+      </c>
+      <c r="D194" t="s">
+        <v>10</v>
+      </c>
+      <c r="E194" t="s">
+        <v>11</v>
+      </c>
+      <c r="F194" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="G194" t="s">
         <v>692</v>
-      </c>
-[...16 lines deleted...]
-        <v>694</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
+        <v>693</v>
+      </c>
+      <c r="B195" t="s">
+        <v>354</v>
+      </c>
+      <c r="C195" t="s">
+        <v>71</v>
+      </c>
+      <c r="D195" t="s">
+        <v>10</v>
+      </c>
+      <c r="E195" t="s">
+        <v>11</v>
+      </c>
+      <c r="F195" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="G195" t="s">
         <v>695</v>
-      </c>
-[...16 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
+        <v>696</v>
+      </c>
+      <c r="B196" t="s">
+        <v>354</v>
+      </c>
+      <c r="C196" t="s">
+        <v>75</v>
+      </c>
+      <c r="D196" t="s">
+        <v>10</v>
+      </c>
+      <c r="E196" t="s">
+        <v>11</v>
+      </c>
+      <c r="F196" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="G196" t="s">
         <v>698</v>
-      </c>
-[...16 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
+        <v>699</v>
+      </c>
+      <c r="B197" t="s">
+        <v>354</v>
+      </c>
+      <c r="C197" t="s">
+        <v>79</v>
+      </c>
+      <c r="D197" t="s">
+        <v>10</v>
+      </c>
+      <c r="E197" t="s">
+        <v>11</v>
+      </c>
+      <c r="F197" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="G197" t="s">
         <v>701</v>
-      </c>
-[...16 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
+        <v>702</v>
+      </c>
+      <c r="B198" t="s">
+        <v>354</v>
+      </c>
+      <c r="C198" t="s">
+        <v>83</v>
+      </c>
+      <c r="D198" t="s">
+        <v>10</v>
+      </c>
+      <c r="E198" t="s">
+        <v>11</v>
+      </c>
+      <c r="F198" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="G198" t="s">
         <v>704</v>
-      </c>
-[...16 lines deleted...]
-        <v>706</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
+        <v>705</v>
+      </c>
+      <c r="B199" t="s">
+        <v>354</v>
+      </c>
+      <c r="C199" t="s">
+        <v>87</v>
+      </c>
+      <c r="D199" t="s">
+        <v>10</v>
+      </c>
+      <c r="E199" t="s">
+        <v>11</v>
+      </c>
+      <c r="F199" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="G199" t="s">
         <v>707</v>
-      </c>
-[...16 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
+        <v>708</v>
+      </c>
+      <c r="B200" t="s">
+        <v>709</v>
+      </c>
+      <c r="C200" t="s">
+        <v>475</v>
+      </c>
+      <c r="D200" t="s">
+        <v>10</v>
+      </c>
+      <c r="E200" t="s">
+        <v>11</v>
+      </c>
+      <c r="F200" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="B200" t="s">
-[...11 lines deleted...]
-      <c r="F200" s="1" t="s">
+      <c r="G200" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
+        <v>712</v>
+      </c>
+      <c r="B201" t="s">
+        <v>709</v>
+      </c>
+      <c r="C201" t="s">
+        <v>479</v>
+      </c>
+      <c r="D201" t="s">
+        <v>10</v>
+      </c>
+      <c r="E201" t="s">
+        <v>11</v>
+      </c>
+      <c r="F201" s="1" t="s">
         <v>713</v>
       </c>
-      <c r="B201" t="s">
-[...11 lines deleted...]
-      <c r="F201" s="1" t="s">
+      <c r="G201" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
+        <v>715</v>
+      </c>
+      <c r="B202" t="s">
+        <v>709</v>
+      </c>
+      <c r="C202" t="s">
+        <v>483</v>
+      </c>
+      <c r="D202" t="s">
+        <v>10</v>
+      </c>
+      <c r="E202" t="s">
+        <v>11</v>
+      </c>
+      <c r="F202" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="B202" t="s">
-[...11 lines deleted...]
-      <c r="F202" s="1" t="s">
+      <c r="G202" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
+        <v>718</v>
+      </c>
+      <c r="B203" t="s">
+        <v>709</v>
+      </c>
+      <c r="C203" t="s">
+        <v>487</v>
+      </c>
+      <c r="D203" t="s">
+        <v>10</v>
+      </c>
+      <c r="E203" t="s">
+        <v>11</v>
+      </c>
+      <c r="F203" s="1" t="s">
         <v>719</v>
       </c>
-      <c r="B203" t="s">
-[...11 lines deleted...]
-      <c r="F203" s="1" t="s">
+      <c r="G203" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
+        <v>721</v>
+      </c>
+      <c r="B204" t="s">
+        <v>709</v>
+      </c>
+      <c r="C204" t="s">
+        <v>491</v>
+      </c>
+      <c r="D204" t="s">
+        <v>10</v>
+      </c>
+      <c r="E204" t="s">
+        <v>11</v>
+      </c>
+      <c r="F204" s="1" t="s">
         <v>722</v>
       </c>
-      <c r="B204" t="s">
-[...11 lines deleted...]
-      <c r="F204" s="1" t="s">
+      <c r="G204" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
+        <v>724</v>
+      </c>
+      <c r="B205" t="s">
+        <v>709</v>
+      </c>
+      <c r="C205" t="s">
+        <v>495</v>
+      </c>
+      <c r="D205" t="s">
+        <v>10</v>
+      </c>
+      <c r="E205" t="s">
+        <v>11</v>
+      </c>
+      <c r="F205" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="B205" t="s">
-[...11 lines deleted...]
-      <c r="F205" s="1" t="s">
+      <c r="G205" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
+        <v>727</v>
+      </c>
+      <c r="B206" t="s">
+        <v>709</v>
+      </c>
+      <c r="C206" t="s">
+        <v>92</v>
+      </c>
+      <c r="D206" t="s">
+        <v>10</v>
+      </c>
+      <c r="E206" t="s">
+        <v>11</v>
+      </c>
+      <c r="F206" s="1" t="s">
         <v>728</v>
       </c>
-      <c r="B206" t="s">
-[...11 lines deleted...]
-      <c r="F206" s="1" t="s">
+      <c r="G206" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
         <v>730</v>
       </c>
       <c r="B207" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C207" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>731</v>
       </c>
       <c r="G207" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
         <v>733</v>
       </c>
       <c r="B208" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C208" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>734</v>
       </c>
       <c r="G208" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>736</v>
       </c>
       <c r="B209" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C209" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>737</v>
       </c>
       <c r="G209" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
         <v>739</v>
       </c>
       <c r="B210" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C210" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>740</v>
       </c>
       <c r="G210" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
         <v>742</v>
       </c>
       <c r="B211" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C211" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>743</v>
       </c>
       <c r="G211" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>745</v>
       </c>
       <c r="B212" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C212" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>746</v>
       </c>
       <c r="G212" t="s">
-        <v>233</v>
+        <v>747</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B213" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C213" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="G213" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B214" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C214" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="G214" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B215" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C215" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="G215" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B216" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C216" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="G216" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B217" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C217" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="G217" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B218" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C218" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="G218" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B219" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C219" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="G219" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B220" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C220" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="G220" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B221" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C221" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="G221" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B222" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C222" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="G222" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B223" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C223" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="G223" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B224" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C224" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="G224" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B225" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C225" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="G225" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B226" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C226" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="G226" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B227" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C227" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="G227" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="B228" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C228" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="G228" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B229" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C229" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="G229" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B230" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C230" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="G230" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="B231" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C231" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="G231" t="s">
-        <v>803</v>
+        <v>170</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
         <v>804</v>
       </c>
       <c r="B232" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C232" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
         <v>805</v>
       </c>
       <c r="G232" t="s">
         <v>806</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>807</v>
       </c>
       <c r="B233" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C233" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
         <v>808</v>
       </c>
       <c r="G233" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>810</v>
       </c>
       <c r="B234" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C234" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
         <v>811</v>
       </c>
       <c r="G234" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
         <v>813</v>
       </c>
       <c r="B235" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C235" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
         <v>814</v>
       </c>
       <c r="G235" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
         <v>816</v>
       </c>
       <c r="B236" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C236" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>11</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>817</v>
       </c>
       <c r="G236" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
         <v>819</v>
       </c>
       <c r="B237" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C237" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>820</v>
       </c>
       <c r="G237" t="s">
-        <v>821</v>
+        <v>57</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
+        <v>821</v>
+      </c>
+      <c r="B238" t="s">
+        <v>709</v>
+      </c>
+      <c r="C238" t="s">
+        <v>220</v>
+      </c>
+      <c r="D238" t="s">
+        <v>10</v>
+      </c>
+      <c r="E238" t="s">
+        <v>11</v>
+      </c>
+      <c r="F238" s="1" t="s">
         <v>822</v>
       </c>
-      <c r="B238" t="s">
-[...11 lines deleted...]
-      <c r="F238" s="1" t="s">
+      <c r="G238" t="s">
         <v>823</v>
-      </c>
-[...1 lines deleted...]
-        <v>824</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
+        <v>824</v>
+      </c>
+      <c r="B239" t="s">
+        <v>709</v>
+      </c>
+      <c r="C239" t="s">
+        <v>224</v>
+      </c>
+      <c r="D239" t="s">
+        <v>10</v>
+      </c>
+      <c r="E239" t="s">
+        <v>11</v>
+      </c>
+      <c r="F239" s="1" t="s">
         <v>825</v>
       </c>
-      <c r="B239" t="s">
-[...11 lines deleted...]
-      <c r="F239" s="1" t="s">
+      <c r="G239" t="s">
         <v>826</v>
-      </c>
-[...1 lines deleted...]
-        <v>827</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
+        <v>827</v>
+      </c>
+      <c r="B240" t="s">
+        <v>709</v>
+      </c>
+      <c r="C240" t="s">
+        <v>228</v>
+      </c>
+      <c r="D240" t="s">
+        <v>10</v>
+      </c>
+      <c r="E240" t="s">
+        <v>11</v>
+      </c>
+      <c r="F240" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="B240" t="s">
-[...11 lines deleted...]
-      <c r="F240" s="1" t="s">
+      <c r="G240" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
+        <v>830</v>
+      </c>
+      <c r="B241" t="s">
+        <v>709</v>
+      </c>
+      <c r="C241" t="s">
+        <v>232</v>
+      </c>
+      <c r="D241" t="s">
+        <v>10</v>
+      </c>
+      <c r="E241" t="s">
+        <v>11</v>
+      </c>
+      <c r="F241" s="1" t="s">
         <v>831</v>
       </c>
-      <c r="B241" t="s">
-[...11 lines deleted...]
-      <c r="F241" s="1" t="s">
+      <c r="G241" t="s">
         <v>832</v>
-      </c>
-[...1 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
+        <v>833</v>
+      </c>
+      <c r="B242" t="s">
+        <v>709</v>
+      </c>
+      <c r="C242" t="s">
+        <v>236</v>
+      </c>
+      <c r="D242" t="s">
+        <v>10</v>
+      </c>
+      <c r="E242" t="s">
+        <v>11</v>
+      </c>
+      <c r="F242" s="1" t="s">
         <v>834</v>
       </c>
-      <c r="B242" t="s">
-[...11 lines deleted...]
-      <c r="F242" s="1" t="s">
+      <c r="G242" t="s">
         <v>835</v>
-      </c>
-[...1 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
+        <v>836</v>
+      </c>
+      <c r="B243" t="s">
+        <v>709</v>
+      </c>
+      <c r="C243" t="s">
+        <v>240</v>
+      </c>
+      <c r="D243" t="s">
+        <v>10</v>
+      </c>
+      <c r="E243" t="s">
+        <v>11</v>
+      </c>
+      <c r="F243" s="1" t="s">
         <v>837</v>
       </c>
-      <c r="B243" t="s">
-[...11 lines deleted...]
-      <c r="F243" s="1" t="s">
+      <c r="G243" t="s">
         <v>838</v>
-      </c>
-[...1 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
+        <v>839</v>
+      </c>
+      <c r="B244" t="s">
+        <v>709</v>
+      </c>
+      <c r="C244" t="s">
+        <v>244</v>
+      </c>
+      <c r="D244" t="s">
+        <v>10</v>
+      </c>
+      <c r="E244" t="s">
+        <v>11</v>
+      </c>
+      <c r="F244" s="1" t="s">
         <v>840</v>
       </c>
-      <c r="B244" t="s">
-[...11 lines deleted...]
-      <c r="F244" s="1" t="s">
+      <c r="G244" t="s">
         <v>841</v>
-      </c>
-[...1 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
+        <v>842</v>
+      </c>
+      <c r="B245" t="s">
+        <v>709</v>
+      </c>
+      <c r="C245" t="s">
+        <v>248</v>
+      </c>
+      <c r="D245" t="s">
+        <v>10</v>
+      </c>
+      <c r="E245" t="s">
+        <v>11</v>
+      </c>
+      <c r="F245" s="1" t="s">
         <v>843</v>
       </c>
-      <c r="B245" t="s">
-[...11 lines deleted...]
-      <c r="F245" s="1" t="s">
+      <c r="G245" t="s">
         <v>844</v>
-      </c>
-[...1 lines deleted...]
-        <v>845</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
+        <v>845</v>
+      </c>
+      <c r="B246" t="s">
+        <v>709</v>
+      </c>
+      <c r="C246" t="s">
+        <v>252</v>
+      </c>
+      <c r="D246" t="s">
+        <v>10</v>
+      </c>
+      <c r="E246" t="s">
+        <v>11</v>
+      </c>
+      <c r="F246" s="1" t="s">
         <v>846</v>
       </c>
-      <c r="B246" t="s">
-[...11 lines deleted...]
-      <c r="F246" s="1" t="s">
+      <c r="G246" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
+        <v>848</v>
+      </c>
+      <c r="B247" t="s">
+        <v>709</v>
+      </c>
+      <c r="C247" t="s">
+        <v>256</v>
+      </c>
+      <c r="D247" t="s">
+        <v>10</v>
+      </c>
+      <c r="E247" t="s">
+        <v>11</v>
+      </c>
+      <c r="F247" s="1" t="s">
         <v>849</v>
       </c>
-      <c r="B247" t="s">
-[...11 lines deleted...]
-      <c r="F247" s="1" t="s">
+      <c r="G247" t="s">
         <v>850</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
+        <v>851</v>
+      </c>
+      <c r="B248" t="s">
+        <v>709</v>
+      </c>
+      <c r="C248" t="s">
+        <v>260</v>
+      </c>
+      <c r="D248" t="s">
+        <v>10</v>
+      </c>
+      <c r="E248" t="s">
+        <v>11</v>
+      </c>
+      <c r="F248" s="1" t="s">
         <v>852</v>
       </c>
-      <c r="B248" t="s">
-[...11 lines deleted...]
-      <c r="F248" s="1" t="s">
+      <c r="G248" t="s">
         <v>853</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>854</v>
       </c>
       <c r="B249" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C249" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>11</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>855</v>
       </c>
       <c r="G249" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
         <v>857</v>
       </c>
       <c r="B250" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C250" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
         <v>11</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>858</v>
       </c>
       <c r="G250" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
         <v>860</v>
       </c>
       <c r="B251" t="s">
-        <v>635</v>
+        <v>709</v>
       </c>
       <c r="C251" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
         <v>11</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>861</v>
       </c>
       <c r="G251" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
         <v>863</v>
       </c>
       <c r="B252" t="s">
+        <v>709</v>
+      </c>
+      <c r="C252" t="s">
+        <v>276</v>
+      </c>
+      <c r="D252" t="s">
+        <v>10</v>
+      </c>
+      <c r="E252" t="s">
+        <v>11</v>
+      </c>
+      <c r="F252" s="1" t="s">
         <v>864</v>
       </c>
-      <c r="C252" t="s">
-[...8 lines deleted...]
-      <c r="F252" s="1" t="s">
+      <c r="G252" t="s">
         <v>865</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
+        <v>866</v>
+      </c>
+      <c r="B253" t="s">
+        <v>709</v>
+      </c>
+      <c r="C253" t="s">
+        <v>280</v>
+      </c>
+      <c r="D253" t="s">
+        <v>10</v>
+      </c>
+      <c r="E253" t="s">
+        <v>11</v>
+      </c>
+      <c r="F253" s="1" t="s">
         <v>867</v>
       </c>
-      <c r="B253" t="s">
-[...11 lines deleted...]
-      <c r="F253" s="1" t="s">
+      <c r="G253" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
+        <v>869</v>
+      </c>
+      <c r="B254" t="s">
+        <v>709</v>
+      </c>
+      <c r="C254" t="s">
+        <v>284</v>
+      </c>
+      <c r="D254" t="s">
+        <v>10</v>
+      </c>
+      <c r="E254" t="s">
+        <v>11</v>
+      </c>
+      <c r="F254" s="1" t="s">
         <v>870</v>
       </c>
-      <c r="B254" t="s">
-[...11 lines deleted...]
-      <c r="F254" s="1" t="s">
+      <c r="G254" t="s">
         <v>871</v>
-      </c>
-[...1 lines deleted...]
-        <v>872</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
+        <v>872</v>
+      </c>
+      <c r="B255" t="s">
+        <v>709</v>
+      </c>
+      <c r="C255" t="s">
+        <v>288</v>
+      </c>
+      <c r="D255" t="s">
+        <v>10</v>
+      </c>
+      <c r="E255" t="s">
+        <v>11</v>
+      </c>
+      <c r="F255" s="1" t="s">
         <v>873</v>
       </c>
-      <c r="B255" t="s">
-[...11 lines deleted...]
-      <c r="F255" s="1" t="s">
+      <c r="G255" t="s">
         <v>874</v>
-      </c>
-[...1 lines deleted...]
-        <v>875</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
+        <v>875</v>
+      </c>
+      <c r="B256" t="s">
+        <v>709</v>
+      </c>
+      <c r="C256" t="s">
+        <v>292</v>
+      </c>
+      <c r="D256" t="s">
+        <v>10</v>
+      </c>
+      <c r="E256" t="s">
+        <v>11</v>
+      </c>
+      <c r="F256" s="1" t="s">
         <v>876</v>
       </c>
-      <c r="B256" t="s">
-[...11 lines deleted...]
-      <c r="F256" s="1" t="s">
+      <c r="G256" t="s">
         <v>877</v>
-      </c>
-[...1 lines deleted...]
-        <v>878</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
+        <v>878</v>
+      </c>
+      <c r="B257" t="s">
+        <v>709</v>
+      </c>
+      <c r="C257" t="s">
+        <v>9</v>
+      </c>
+      <c r="D257" t="s">
+        <v>10</v>
+      </c>
+      <c r="E257" t="s">
+        <v>11</v>
+      </c>
+      <c r="F257" s="1" t="s">
         <v>879</v>
       </c>
-      <c r="B257" t="s">
-[...11 lines deleted...]
-      <c r="F257" s="1" t="s">
+      <c r="G257" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
+        <v>881</v>
+      </c>
+      <c r="B258" t="s">
+        <v>709</v>
+      </c>
+      <c r="C258" t="s">
+        <v>15</v>
+      </c>
+      <c r="D258" t="s">
+        <v>10</v>
+      </c>
+      <c r="E258" t="s">
+        <v>11</v>
+      </c>
+      <c r="F258" s="1" t="s">
         <v>882</v>
       </c>
-      <c r="B258" t="s">
-[...11 lines deleted...]
-      <c r="F258" s="1" t="s">
+      <c r="G258" t="s">
         <v>883</v>
-      </c>
-[...1 lines deleted...]
-        <v>884</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
+        <v>884</v>
+      </c>
+      <c r="B259" t="s">
+        <v>709</v>
+      </c>
+      <c r="C259" t="s">
+        <v>19</v>
+      </c>
+      <c r="D259" t="s">
+        <v>10</v>
+      </c>
+      <c r="E259" t="s">
+        <v>11</v>
+      </c>
+      <c r="F259" s="1" t="s">
         <v>885</v>
       </c>
-      <c r="B259" t="s">
-[...11 lines deleted...]
-      <c r="F259" s="1" t="s">
+      <c r="G259" t="s">
         <v>886</v>
-      </c>
-[...1 lines deleted...]
-        <v>887</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
+        <v>887</v>
+      </c>
+      <c r="B260" t="s">
+        <v>709</v>
+      </c>
+      <c r="C260" t="s">
+        <v>23</v>
+      </c>
+      <c r="D260" t="s">
+        <v>10</v>
+      </c>
+      <c r="E260" t="s">
+        <v>11</v>
+      </c>
+      <c r="F260" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="B260" t="s">
-[...11 lines deleted...]
-      <c r="F260" s="1" t="s">
+      <c r="G260" t="s">
         <v>889</v>
-      </c>
-[...1 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
+        <v>890</v>
+      </c>
+      <c r="B261" t="s">
+        <v>709</v>
+      </c>
+      <c r="C261" t="s">
+        <v>27</v>
+      </c>
+      <c r="D261" t="s">
+        <v>10</v>
+      </c>
+      <c r="E261" t="s">
+        <v>11</v>
+      </c>
+      <c r="F261" s="1" t="s">
         <v>891</v>
       </c>
-      <c r="B261" t="s">
-[...11 lines deleted...]
-      <c r="F261" s="1" t="s">
+      <c r="G261" t="s">
         <v>892</v>
-      </c>
-[...1 lines deleted...]
-        <v>893</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
+        <v>893</v>
+      </c>
+      <c r="B262" t="s">
+        <v>709</v>
+      </c>
+      <c r="C262" t="s">
+        <v>31</v>
+      </c>
+      <c r="D262" t="s">
+        <v>10</v>
+      </c>
+      <c r="E262" t="s">
+        <v>11</v>
+      </c>
+      <c r="F262" s="1" t="s">
         <v>894</v>
       </c>
-      <c r="B262" t="s">
-[...11 lines deleted...]
-      <c r="F262" s="1" t="s">
+      <c r="G262" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>896</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
+        <v>896</v>
+      </c>
+      <c r="B263" t="s">
+        <v>709</v>
+      </c>
+      <c r="C263" t="s">
+        <v>35</v>
+      </c>
+      <c r="D263" t="s">
+        <v>10</v>
+      </c>
+      <c r="E263" t="s">
+        <v>11</v>
+      </c>
+      <c r="F263" s="1" t="s">
         <v>897</v>
       </c>
-      <c r="B263" t="s">
-[...11 lines deleted...]
-      <c r="F263" s="1" t="s">
+      <c r="G263" t="s">
         <v>898</v>
-      </c>
-[...1 lines deleted...]
-        <v>899</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
+        <v>899</v>
+      </c>
+      <c r="B264" t="s">
+        <v>709</v>
+      </c>
+      <c r="C264" t="s">
+        <v>39</v>
+      </c>
+      <c r="D264" t="s">
+        <v>10</v>
+      </c>
+      <c r="E264" t="s">
+        <v>11</v>
+      </c>
+      <c r="F264" s="1" t="s">
         <v>900</v>
       </c>
-      <c r="B264" t="s">
-[...11 lines deleted...]
-      <c r="F264" s="1" t="s">
+      <c r="G264" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
+        <v>902</v>
+      </c>
+      <c r="B265" t="s">
+        <v>709</v>
+      </c>
+      <c r="C265" t="s">
+        <v>43</v>
+      </c>
+      <c r="D265" t="s">
+        <v>10</v>
+      </c>
+      <c r="E265" t="s">
+        <v>11</v>
+      </c>
+      <c r="F265" s="1" t="s">
         <v>903</v>
       </c>
-      <c r="B265" t="s">
-[...11 lines deleted...]
-      <c r="F265" s="1" t="s">
+      <c r="G265" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
+        <v>905</v>
+      </c>
+      <c r="B266" t="s">
+        <v>709</v>
+      </c>
+      <c r="C266" t="s">
+        <v>47</v>
+      </c>
+      <c r="D266" t="s">
+        <v>10</v>
+      </c>
+      <c r="E266" t="s">
+        <v>11</v>
+      </c>
+      <c r="F266" s="1" t="s">
         <v>906</v>
       </c>
-      <c r="B266" t="s">
-[...11 lines deleted...]
-      <c r="F266" s="1" t="s">
+      <c r="G266" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
+        <v>908</v>
+      </c>
+      <c r="B267" t="s">
+        <v>709</v>
+      </c>
+      <c r="C267" t="s">
+        <v>51</v>
+      </c>
+      <c r="D267" t="s">
+        <v>10</v>
+      </c>
+      <c r="E267" t="s">
+        <v>11</v>
+      </c>
+      <c r="F267" s="1" t="s">
         <v>909</v>
       </c>
-      <c r="B267" t="s">
-[...11 lines deleted...]
-      <c r="F267" s="1" t="s">
+      <c r="G267" t="s">
         <v>910</v>
-      </c>
-[...1 lines deleted...]
-        <v>911</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
+        <v>911</v>
+      </c>
+      <c r="B268" t="s">
+        <v>709</v>
+      </c>
+      <c r="C268" t="s">
+        <v>55</v>
+      </c>
+      <c r="D268" t="s">
+        <v>10</v>
+      </c>
+      <c r="E268" t="s">
+        <v>11</v>
+      </c>
+      <c r="F268" s="1" t="s">
         <v>912</v>
       </c>
-      <c r="B268" t="s">
-[...11 lines deleted...]
-      <c r="F268" s="1" t="s">
+      <c r="G268" t="s">
         <v>913</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
+        <v>914</v>
+      </c>
+      <c r="B269" t="s">
+        <v>709</v>
+      </c>
+      <c r="C269" t="s">
+        <v>59</v>
+      </c>
+      <c r="D269" t="s">
+        <v>10</v>
+      </c>
+      <c r="E269" t="s">
+        <v>11</v>
+      </c>
+      <c r="F269" s="1" t="s">
         <v>915</v>
       </c>
-      <c r="B269" t="s">
-[...11 lines deleted...]
-      <c r="F269" s="1" t="s">
+      <c r="G269" t="s">
         <v>916</v>
-      </c>
-[...1 lines deleted...]
-        <v>917</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
+        <v>917</v>
+      </c>
+      <c r="B270" t="s">
+        <v>709</v>
+      </c>
+      <c r="C270" t="s">
+        <v>63</v>
+      </c>
+      <c r="D270" t="s">
+        <v>10</v>
+      </c>
+      <c r="E270" t="s">
+        <v>11</v>
+      </c>
+      <c r="F270" s="1" t="s">
         <v>918</v>
       </c>
-      <c r="B270" t="s">
-[...11 lines deleted...]
-      <c r="F270" s="1" t="s">
+      <c r="G270" t="s">
         <v>919</v>
-      </c>
-[...1 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
+        <v>920</v>
+      </c>
+      <c r="B271" t="s">
+        <v>709</v>
+      </c>
+      <c r="C271" t="s">
+        <v>67</v>
+      </c>
+      <c r="D271" t="s">
+        <v>10</v>
+      </c>
+      <c r="E271" t="s">
+        <v>11</v>
+      </c>
+      <c r="F271" s="1" t="s">
         <v>921</v>
       </c>
-      <c r="B271" t="s">
-[...11 lines deleted...]
-      <c r="F271" s="1" t="s">
+      <c r="G271" t="s">
         <v>922</v>
-      </c>
-[...1 lines deleted...]
-        <v>923</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
+        <v>923</v>
+      </c>
+      <c r="B272" t="s">
+        <v>709</v>
+      </c>
+      <c r="C272" t="s">
+        <v>71</v>
+      </c>
+      <c r="D272" t="s">
+        <v>10</v>
+      </c>
+      <c r="E272" t="s">
+        <v>11</v>
+      </c>
+      <c r="F272" s="1" t="s">
         <v>924</v>
       </c>
-      <c r="B272" t="s">
-[...11 lines deleted...]
-      <c r="F272" s="1" t="s">
+      <c r="G272" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
+        <v>926</v>
+      </c>
+      <c r="B273" t="s">
+        <v>709</v>
+      </c>
+      <c r="C273" t="s">
+        <v>75</v>
+      </c>
+      <c r="D273" t="s">
+        <v>10</v>
+      </c>
+      <c r="E273" t="s">
+        <v>11</v>
+      </c>
+      <c r="F273" s="1" t="s">
         <v>927</v>
       </c>
-      <c r="B273" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G273" t="s">
-        <v>929</v>
+        <v>635</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
+        <v>928</v>
+      </c>
+      <c r="B274" t="s">
+        <v>709</v>
+      </c>
+      <c r="C274" t="s">
+        <v>79</v>
+      </c>
+      <c r="D274" t="s">
+        <v>10</v>
+      </c>
+      <c r="E274" t="s">
+        <v>11</v>
+      </c>
+      <c r="F274" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="G274" t="s">
         <v>930</v>
-      </c>
-[...16 lines deleted...]
-        <v>932</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
+        <v>931</v>
+      </c>
+      <c r="B275" t="s">
+        <v>709</v>
+      </c>
+      <c r="C275" t="s">
+        <v>83</v>
+      </c>
+      <c r="D275" t="s">
+        <v>10</v>
+      </c>
+      <c r="E275" t="s">
+        <v>11</v>
+      </c>
+      <c r="F275" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="G275" t="s">
         <v>933</v>
-      </c>
-[...16 lines deleted...]
-        <v>935</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
+        <v>934</v>
+      </c>
+      <c r="B276" t="s">
+        <v>709</v>
+      </c>
+      <c r="C276" t="s">
+        <v>87</v>
+      </c>
+      <c r="D276" t="s">
+        <v>10</v>
+      </c>
+      <c r="E276" t="s">
+        <v>11</v>
+      </c>
+      <c r="F276" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="G276" t="s">
         <v>936</v>
-      </c>
-[...16 lines deleted...]
-        <v>938</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
+        <v>937</v>
+      </c>
+      <c r="B277" t="s">
+        <v>938</v>
+      </c>
+      <c r="C277" t="s">
+        <v>455</v>
+      </c>
+      <c r="D277" t="s">
+        <v>10</v>
+      </c>
+      <c r="E277" t="s">
+        <v>11</v>
+      </c>
+      <c r="F277" s="1" t="s">
         <v>939</v>
       </c>
-      <c r="B277" t="s">
-[...11 lines deleted...]
-      <c r="F277" s="1" t="s">
+      <c r="G277" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
+        <v>941</v>
+      </c>
+      <c r="B278" t="s">
+        <v>938</v>
+      </c>
+      <c r="C278" t="s">
+        <v>459</v>
+      </c>
+      <c r="D278" t="s">
+        <v>10</v>
+      </c>
+      <c r="E278" t="s">
+        <v>11</v>
+      </c>
+      <c r="F278" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="B278" t="s">
-[...11 lines deleted...]
-      <c r="F278" s="1" t="s">
+      <c r="G278" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
+        <v>944</v>
+      </c>
+      <c r="B279" t="s">
+        <v>938</v>
+      </c>
+      <c r="C279" t="s">
+        <v>463</v>
+      </c>
+      <c r="D279" t="s">
+        <v>10</v>
+      </c>
+      <c r="E279" t="s">
+        <v>11</v>
+      </c>
+      <c r="F279" s="1" t="s">
         <v>945</v>
       </c>
-      <c r="B279" t="s">
-[...11 lines deleted...]
-      <c r="F279" s="1" t="s">
+      <c r="G279" t="s">
         <v>946</v>
-      </c>
-[...1 lines deleted...]
-        <v>947</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
+        <v>947</v>
+      </c>
+      <c r="B280" t="s">
+        <v>938</v>
+      </c>
+      <c r="C280" t="s">
+        <v>467</v>
+      </c>
+      <c r="D280" t="s">
+        <v>10</v>
+      </c>
+      <c r="E280" t="s">
+        <v>11</v>
+      </c>
+      <c r="F280" s="1" t="s">
         <v>948</v>
       </c>
-      <c r="B280" t="s">
-[...11 lines deleted...]
-      <c r="F280" s="1" t="s">
+      <c r="G280" t="s">
         <v>949</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
+        <v>950</v>
+      </c>
+      <c r="B281" t="s">
+        <v>938</v>
+      </c>
+      <c r="C281" t="s">
+        <v>471</v>
+      </c>
+      <c r="D281" t="s">
+        <v>10</v>
+      </c>
+      <c r="E281" t="s">
+        <v>11</v>
+      </c>
+      <c r="F281" s="1" t="s">
         <v>951</v>
       </c>
-      <c r="B281" t="s">
-[...11 lines deleted...]
-      <c r="F281" s="1" t="s">
+      <c r="G281" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>953</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
+        <v>953</v>
+      </c>
+      <c r="B282" t="s">
+        <v>938</v>
+      </c>
+      <c r="C282" t="s">
+        <v>475</v>
+      </c>
+      <c r="D282" t="s">
+        <v>10</v>
+      </c>
+      <c r="E282" t="s">
+        <v>11</v>
+      </c>
+      <c r="F282" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="B282" t="s">
-[...11 lines deleted...]
-      <c r="F282" s="1" t="s">
+      <c r="G282" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
+        <v>956</v>
+      </c>
+      <c r="B283" t="s">
+        <v>938</v>
+      </c>
+      <c r="C283" t="s">
+        <v>479</v>
+      </c>
+      <c r="D283" t="s">
+        <v>10</v>
+      </c>
+      <c r="E283" t="s">
+        <v>11</v>
+      </c>
+      <c r="F283" s="1" t="s">
         <v>957</v>
       </c>
-      <c r="B283" t="s">
-[...11 lines deleted...]
-      <c r="F283" s="1" t="s">
+      <c r="G283" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>959</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
+        <v>959</v>
+      </c>
+      <c r="B284" t="s">
+        <v>938</v>
+      </c>
+      <c r="C284" t="s">
+        <v>483</v>
+      </c>
+      <c r="D284" t="s">
+        <v>10</v>
+      </c>
+      <c r="E284" t="s">
+        <v>11</v>
+      </c>
+      <c r="F284" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="B284" t="s">
-[...11 lines deleted...]
-      <c r="F284" s="1" t="s">
+      <c r="G284" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
+        <v>962</v>
+      </c>
+      <c r="B285" t="s">
+        <v>938</v>
+      </c>
+      <c r="C285" t="s">
+        <v>487</v>
+      </c>
+      <c r="D285" t="s">
+        <v>10</v>
+      </c>
+      <c r="E285" t="s">
+        <v>11</v>
+      </c>
+      <c r="F285" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="B285" t="s">
-[...11 lines deleted...]
-      <c r="F285" s="1" t="s">
+      <c r="G285" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
+        <v>965</v>
+      </c>
+      <c r="B286" t="s">
+        <v>938</v>
+      </c>
+      <c r="C286" t="s">
+        <v>491</v>
+      </c>
+      <c r="D286" t="s">
+        <v>10</v>
+      </c>
+      <c r="E286" t="s">
+        <v>11</v>
+      </c>
+      <c r="F286" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="B286" t="s">
-[...11 lines deleted...]
-      <c r="F286" s="1" t="s">
+      <c r="G286" t="s">
         <v>967</v>
-      </c>
-[...1 lines deleted...]
-        <v>968</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
+        <v>968</v>
+      </c>
+      <c r="B287" t="s">
+        <v>938</v>
+      </c>
+      <c r="C287" t="s">
+        <v>495</v>
+      </c>
+      <c r="D287" t="s">
+        <v>10</v>
+      </c>
+      <c r="E287" t="s">
+        <v>11</v>
+      </c>
+      <c r="F287" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="B287" t="s">
-[...11 lines deleted...]
-      <c r="F287" s="1" t="s">
+      <c r="G287" t="s">
         <v>970</v>
-      </c>
-[...1 lines deleted...]
-        <v>971</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
+        <v>971</v>
+      </c>
+      <c r="B288" t="s">
+        <v>938</v>
+      </c>
+      <c r="C288" t="s">
+        <v>92</v>
+      </c>
+      <c r="D288" t="s">
+        <v>10</v>
+      </c>
+      <c r="E288" t="s">
+        <v>11</v>
+      </c>
+      <c r="F288" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="B288" t="s">
-[...11 lines deleted...]
-      <c r="F288" s="1" t="s">
+      <c r="G288" t="s">
         <v>973</v>
-      </c>
-[...1 lines deleted...]
-        <v>974</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
+        <v>974</v>
+      </c>
+      <c r="B289" t="s">
+        <v>938</v>
+      </c>
+      <c r="C289" t="s">
+        <v>96</v>
+      </c>
+      <c r="D289" t="s">
+        <v>10</v>
+      </c>
+      <c r="E289" t="s">
+        <v>11</v>
+      </c>
+      <c r="F289" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="B289" t="s">
-[...11 lines deleted...]
-      <c r="F289" s="1" t="s">
+      <c r="G289" t="s">
         <v>976</v>
-      </c>
-[...1 lines deleted...]
-        <v>977</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
+        <v>977</v>
+      </c>
+      <c r="B290" t="s">
+        <v>938</v>
+      </c>
+      <c r="C290" t="s">
+        <v>100</v>
+      </c>
+      <c r="D290" t="s">
+        <v>10</v>
+      </c>
+      <c r="E290" t="s">
+        <v>11</v>
+      </c>
+      <c r="F290" s="1" t="s">
         <v>978</v>
       </c>
-      <c r="B290" t="s">
-[...11 lines deleted...]
-      <c r="F290" s="1" t="s">
+      <c r="G290" t="s">
         <v>979</v>
-      </c>
-[...1 lines deleted...]
-        <v>980</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
+        <v>980</v>
+      </c>
+      <c r="B291" t="s">
+        <v>938</v>
+      </c>
+      <c r="C291" t="s">
+        <v>104</v>
+      </c>
+      <c r="D291" t="s">
+        <v>10</v>
+      </c>
+      <c r="E291" t="s">
+        <v>11</v>
+      </c>
+      <c r="F291" s="1" t="s">
         <v>981</v>
       </c>
-      <c r="B291" t="s">
-[...11 lines deleted...]
-      <c r="F291" s="1" t="s">
+      <c r="G291" t="s">
         <v>982</v>
-      </c>
-[...1 lines deleted...]
-        <v>983</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
+        <v>983</v>
+      </c>
+      <c r="B292" t="s">
+        <v>938</v>
+      </c>
+      <c r="C292" t="s">
+        <v>108</v>
+      </c>
+      <c r="D292" t="s">
+        <v>10</v>
+      </c>
+      <c r="E292" t="s">
+        <v>11</v>
+      </c>
+      <c r="F292" s="1" t="s">
         <v>984</v>
       </c>
-      <c r="B292" t="s">
-[...11 lines deleted...]
-      <c r="F292" s="1" t="s">
+      <c r="G292" t="s">
         <v>985</v>
-      </c>
-[...1 lines deleted...]
-        <v>986</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
+        <v>986</v>
+      </c>
+      <c r="B293" t="s">
+        <v>938</v>
+      </c>
+      <c r="C293" t="s">
+        <v>112</v>
+      </c>
+      <c r="D293" t="s">
+        <v>10</v>
+      </c>
+      <c r="E293" t="s">
+        <v>11</v>
+      </c>
+      <c r="F293" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="B293" t="s">
-[...11 lines deleted...]
-      <c r="F293" s="1" t="s">
+      <c r="G293" t="s">
         <v>988</v>
-      </c>
-[...1 lines deleted...]
-        <v>989</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
+        <v>989</v>
+      </c>
+      <c r="B294" t="s">
+        <v>938</v>
+      </c>
+      <c r="C294" t="s">
+        <v>116</v>
+      </c>
+      <c r="D294" t="s">
+        <v>10</v>
+      </c>
+      <c r="E294" t="s">
+        <v>11</v>
+      </c>
+      <c r="F294" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="B294" t="s">
-[...11 lines deleted...]
-      <c r="F294" s="1" t="s">
+      <c r="G294" t="s">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
+        <v>992</v>
+      </c>
+      <c r="B295" t="s">
+        <v>938</v>
+      </c>
+      <c r="C295" t="s">
+        <v>120</v>
+      </c>
+      <c r="D295" t="s">
+        <v>10</v>
+      </c>
+      <c r="E295" t="s">
+        <v>11</v>
+      </c>
+      <c r="F295" s="1" t="s">
         <v>993</v>
       </c>
-      <c r="B295" t="s">
-[...11 lines deleted...]
-      <c r="F295" s="1" t="s">
+      <c r="G295" t="s">
         <v>994</v>
-      </c>
-[...1 lines deleted...]
-        <v>995</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
+        <v>995</v>
+      </c>
+      <c r="B296" t="s">
+        <v>938</v>
+      </c>
+      <c r="C296" t="s">
+        <v>124</v>
+      </c>
+      <c r="D296" t="s">
+        <v>10</v>
+      </c>
+      <c r="E296" t="s">
+        <v>11</v>
+      </c>
+      <c r="F296" s="1" t="s">
         <v>996</v>
       </c>
-      <c r="B296" t="s">
-[...11 lines deleted...]
-      <c r="F296" s="1" t="s">
+      <c r="G296" t="s">
         <v>997</v>
-      </c>
-[...1 lines deleted...]
-        <v>998</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
+        <v>998</v>
+      </c>
+      <c r="B297" t="s">
+        <v>938</v>
+      </c>
+      <c r="C297" t="s">
+        <v>128</v>
+      </c>
+      <c r="D297" t="s">
+        <v>10</v>
+      </c>
+      <c r="E297" t="s">
+        <v>11</v>
+      </c>
+      <c r="F297" s="1" t="s">
         <v>999</v>
       </c>
-      <c r="B297" t="s">
-[...11 lines deleted...]
-      <c r="F297" s="1" t="s">
+      <c r="G297" t="s">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>1001</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B298" t="s">
+        <v>938</v>
+      </c>
+      <c r="C298" t="s">
+        <v>132</v>
+      </c>
+      <c r="D298" t="s">
+        <v>10</v>
+      </c>
+      <c r="E298" t="s">
+        <v>11</v>
+      </c>
+      <c r="F298" s="1" t="s">
         <v>1002</v>
-      </c>
-[...13 lines deleted...]
-        <v>696</v>
       </c>
       <c r="G298" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
         <v>1004</v>
       </c>
       <c r="B299" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C299" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="G299" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
         <v>1007</v>
       </c>
       <c r="B300" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C300" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="G300" t="s">
         <v>1009</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
         <v>1010</v>
       </c>
       <c r="B301" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C301" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="G301" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
         <v>1013</v>
       </c>
       <c r="B302" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C302" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
         <v>11</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="G302" t="s">
         <v>1015</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
         <v>1016</v>
       </c>
       <c r="B303" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C303" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D303" t="s">
         <v>10</v>
       </c>
       <c r="E303" t="s">
         <v>11</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="G303" t="s">
         <v>1018</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
         <v>1019</v>
       </c>
       <c r="B304" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C304" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>11</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="G304" t="s">
         <v>1021</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
         <v>1022</v>
       </c>
       <c r="B305" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C305" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D305" t="s">
         <v>10</v>
       </c>
       <c r="E305" t="s">
         <v>11</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="G305" t="s">
         <v>1024</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
         <v>1025</v>
       </c>
       <c r="B306" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C306" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D306" t="s">
         <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>11</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="G306" t="s">
         <v>1027</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
         <v>1028</v>
       </c>
       <c r="B307" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C307" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="G307" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
         <v>1031</v>
       </c>
       <c r="B308" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C308" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="G308" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
         <v>1034</v>
       </c>
       <c r="B309" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C309" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="G309" t="s">
         <v>1036</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
         <v>1037</v>
       </c>
       <c r="B310" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C310" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="G310" t="s">
         <v>1039</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
         <v>1040</v>
       </c>
       <c r="B311" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C311" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="G311" t="s">
-        <v>1033</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="B312" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C312" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="G312" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B313" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C313" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D313" t="s">
         <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="G313" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="B314" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C314" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="G314" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="B315" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C315" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="G315" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="B316" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C316" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="G316" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="B317" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C317" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="G317" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="B318" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C318" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="G318" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="B319" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C319" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="G319" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="B320" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C320" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="G320" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B321" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C321" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="G321" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="B322" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C322" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="G322" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="B323" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C323" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D323" t="s">
         <v>10</v>
       </c>
       <c r="E323" t="s">
         <v>11</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>1076</v>
+        <v>770</v>
       </c>
       <c r="G323" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
         <v>1078</v>
       </c>
       <c r="B324" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C324" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D324" t="s">
         <v>10</v>
       </c>
       <c r="E324" t="s">
         <v>11</v>
       </c>
       <c r="F324" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="G324" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
         <v>1081</v>
       </c>
       <c r="B325" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C325" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D325" t="s">
         <v>10</v>
       </c>
       <c r="E325" t="s">
         <v>11</v>
       </c>
       <c r="F325" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="G325" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
         <v>1084</v>
       </c>
       <c r="B326" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C326" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D326" t="s">
         <v>10</v>
       </c>
       <c r="E326" t="s">
         <v>11</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="G326" t="s">
         <v>1086</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
         <v>1087</v>
       </c>
       <c r="B327" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C327" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D327" t="s">
         <v>10</v>
       </c>
       <c r="E327" t="s">
         <v>11</v>
       </c>
       <c r="F327" s="1" t="s">
         <v>1088</v>
       </c>
       <c r="G327" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
         <v>1090</v>
       </c>
       <c r="B328" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C328" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D328" t="s">
         <v>10</v>
       </c>
       <c r="E328" t="s">
         <v>11</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="G328" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
         <v>1093</v>
       </c>
       <c r="B329" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C329" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D329" t="s">
         <v>10</v>
       </c>
       <c r="E329" t="s">
         <v>11</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="G329" t="s">
         <v>1095</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
         <v>1096</v>
       </c>
       <c r="B330" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C330" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D330" t="s">
         <v>10</v>
       </c>
       <c r="E330" t="s">
         <v>11</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="G330" t="s">
         <v>1098</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
         <v>1099</v>
       </c>
       <c r="B331" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C331" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>11</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="G331" t="s">
         <v>1101</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
         <v>1102</v>
       </c>
       <c r="B332" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C332" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D332" t="s">
         <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>11</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="G332" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
         <v>1105</v>
       </c>
       <c r="B333" t="s">
-        <v>864</v>
+        <v>938</v>
       </c>
       <c r="C333" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D333" t="s">
         <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="G333" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
         <v>1108</v>
       </c>
       <c r="B334" t="s">
+        <v>938</v>
+      </c>
+      <c r="C334" t="s">
+        <v>276</v>
+      </c>
+      <c r="D334" t="s">
+        <v>10</v>
+      </c>
+      <c r="E334" t="s">
+        <v>11</v>
+      </c>
+      <c r="F334" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="C334" t="s">
-[...8 lines deleted...]
-      <c r="F334" s="1" t="s">
+      <c r="G334" t="s">
         <v>1110</v>
-      </c>
-[...1 lines deleted...]
-        <v>1111</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B335" t="s">
+        <v>938</v>
+      </c>
+      <c r="C335" t="s">
+        <v>280</v>
+      </c>
+      <c r="D335" t="s">
+        <v>10</v>
+      </c>
+      <c r="E335" t="s">
+        <v>11</v>
+      </c>
+      <c r="F335" s="1" t="s">
         <v>1112</v>
       </c>
-      <c r="B335" t="s">
-[...11 lines deleted...]
-      <c r="F335" s="1" t="s">
+      <c r="G335" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B336" t="s">
+        <v>938</v>
+      </c>
+      <c r="C336" t="s">
+        <v>284</v>
+      </c>
+      <c r="D336" t="s">
+        <v>10</v>
+      </c>
+      <c r="E336" t="s">
+        <v>11</v>
+      </c>
+      <c r="F336" s="1" t="s">
         <v>1115</v>
       </c>
-      <c r="B336" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G336" t="s">
-        <v>1117</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B337" t="s">
+        <v>938</v>
+      </c>
+      <c r="C337" t="s">
+        <v>288</v>
+      </c>
+      <c r="D337" t="s">
+        <v>10</v>
+      </c>
+      <c r="E337" t="s">
+        <v>11</v>
+      </c>
+      <c r="F337" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="G337" t="s">
         <v>1118</v>
-      </c>
-[...16 lines deleted...]
-        <v>1120</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B338" t="s">
+        <v>938</v>
+      </c>
+      <c r="C338" t="s">
+        <v>292</v>
+      </c>
+      <c r="D338" t="s">
+        <v>10</v>
+      </c>
+      <c r="E338" t="s">
+        <v>11</v>
+      </c>
+      <c r="F338" s="1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G338" t="s">
         <v>1121</v>
-      </c>
-[...16 lines deleted...]
-        <v>1123</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B339" t="s">
+        <v>938</v>
+      </c>
+      <c r="C339" t="s">
+        <v>9</v>
+      </c>
+      <c r="D339" t="s">
+        <v>10</v>
+      </c>
+      <c r="E339" t="s">
+        <v>11</v>
+      </c>
+      <c r="F339" s="1" t="s">
+        <v>1123</v>
+      </c>
+      <c r="G339" t="s">
         <v>1124</v>
-      </c>
-[...16 lines deleted...]
-        <v>1126</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B340" t="s">
+        <v>938</v>
+      </c>
+      <c r="C340" t="s">
+        <v>15</v>
+      </c>
+      <c r="D340" t="s">
+        <v>10</v>
+      </c>
+      <c r="E340" t="s">
+        <v>11</v>
+      </c>
+      <c r="F340" s="1" t="s">
+        <v>1126</v>
+      </c>
+      <c r="G340" t="s">
         <v>1127</v>
-      </c>
-[...16 lines deleted...]
-        <v>1129</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B341" t="s">
+        <v>938</v>
+      </c>
+      <c r="C341" t="s">
+        <v>19</v>
+      </c>
+      <c r="D341" t="s">
+        <v>10</v>
+      </c>
+      <c r="E341" t="s">
+        <v>11</v>
+      </c>
+      <c r="F341" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="G341" t="s">
         <v>1130</v>
-      </c>
-[...16 lines deleted...]
-        <v>1132</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B342" t="s">
+        <v>938</v>
+      </c>
+      <c r="C342" t="s">
+        <v>23</v>
+      </c>
+      <c r="D342" t="s">
+        <v>10</v>
+      </c>
+      <c r="E342" t="s">
+        <v>11</v>
+      </c>
+      <c r="F342" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="G342" t="s">
         <v>1133</v>
-      </c>
-[...16 lines deleted...]
-        <v>1135</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B343" t="s">
+        <v>938</v>
+      </c>
+      <c r="C343" t="s">
+        <v>27</v>
+      </c>
+      <c r="D343" t="s">
+        <v>10</v>
+      </c>
+      <c r="E343" t="s">
+        <v>11</v>
+      </c>
+      <c r="F343" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="G343" t="s">
         <v>1136</v>
-      </c>
-[...16 lines deleted...]
-        <v>1137</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B344" t="s">
+        <v>938</v>
+      </c>
+      <c r="C344" t="s">
+        <v>31</v>
+      </c>
+      <c r="D344" t="s">
+        <v>10</v>
+      </c>
+      <c r="E344" t="s">
+        <v>11</v>
+      </c>
+      <c r="F344" s="1" t="s">
         <v>1138</v>
       </c>
-      <c r="B344" t="s">
-[...11 lines deleted...]
-      <c r="F344" s="1" t="s">
+      <c r="G344" t="s">
         <v>1139</v>
-      </c>
-[...1 lines deleted...]
-        <v>1140</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B345" t="s">
+        <v>938</v>
+      </c>
+      <c r="C345" t="s">
+        <v>35</v>
+      </c>
+      <c r="D345" t="s">
+        <v>10</v>
+      </c>
+      <c r="E345" t="s">
+        <v>11</v>
+      </c>
+      <c r="F345" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="B345" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G345" t="s">
-        <v>233</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B346" t="s">
-        <v>1109</v>
+        <v>938</v>
       </c>
       <c r="C346" t="s">
-        <v>155</v>
+        <v>39</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
         <v>11</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="G346" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="B347" t="s">
-        <v>1109</v>
+        <v>938</v>
       </c>
       <c r="C347" t="s">
-        <v>159</v>
+        <v>43</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="G347" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="B348" t="s">
-        <v>1109</v>
+        <v>938</v>
       </c>
       <c r="C348" t="s">
-        <v>163</v>
+        <v>47</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>11</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="G348" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="B349" t="s">
-        <v>1109</v>
+        <v>938</v>
       </c>
       <c r="C349" t="s">
-        <v>167</v>
+        <v>51</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="G349" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="B350" t="s">
-        <v>1109</v>
+        <v>938</v>
       </c>
       <c r="C350" t="s">
-        <v>171</v>
+        <v>55</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>11</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="G350" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B351" t="s">
-        <v>1109</v>
+        <v>938</v>
       </c>
       <c r="C351" t="s">
-        <v>175</v>
+        <v>59</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
         <v>11</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="G351" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="B352" t="s">
-        <v>1109</v>
+        <v>938</v>
       </c>
       <c r="C352" t="s">
-        <v>179</v>
+        <v>63</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>11</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="G352" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="B353" t="s">
-        <v>1109</v>
+        <v>938</v>
       </c>
       <c r="C353" t="s">
-        <v>183</v>
+        <v>67</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="G353" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="B354" t="s">
-        <v>1109</v>
+        <v>938</v>
       </c>
       <c r="C354" t="s">
-        <v>187</v>
+        <v>71</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="G354" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="B355" t="s">
-        <v>1109</v>
+        <v>938</v>
       </c>
       <c r="C355" t="s">
-        <v>191</v>
+        <v>75</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="G355" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="B356" t="s">
-        <v>1109</v>
+        <v>938</v>
       </c>
       <c r="C356" t="s">
-        <v>195</v>
+        <v>79</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="G356" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="B357" t="s">
-        <v>1109</v>
+        <v>938</v>
       </c>
       <c r="C357" t="s">
-        <v>199</v>
+        <v>83</v>
       </c>
       <c r="D357" t="s">
         <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>11</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="G357" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="B358" t="s">
-        <v>1109</v>
+        <v>938</v>
       </c>
       <c r="C358" t="s">
-        <v>203</v>
+        <v>87</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
         <v>11</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="G358" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="B359" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C359" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D359" t="s">
         <v>10</v>
       </c>
       <c r="E359" t="s">
         <v>11</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="G359" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="B360" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C360" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
         <v>11</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="G360" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="B361" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C361" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D361" t="s">
         <v>10</v>
       </c>
       <c r="E361" t="s">
         <v>11</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="G361" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="B362" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C362" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>11</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="G362" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="B363" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C363" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>11</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="G363" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="B364" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C364" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>11</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="G364" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="B365" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C365" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D365" t="s">
         <v>10</v>
       </c>
       <c r="E365" t="s">
         <v>11</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="G365" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="B366" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C366" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>11</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="G366" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="B367" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C367" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>11</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="G367" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="B368" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C368" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D368" t="s">
         <v>10</v>
       </c>
       <c r="E368" t="s">
         <v>11</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>1209</v>
+        <v>770</v>
       </c>
       <c r="G368" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="B369" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C369" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
         <v>11</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="G369" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="B370" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C370" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370" t="s">
         <v>11</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>1215</v>
+        <v>770</v>
       </c>
       <c r="G370" t="s">
-        <v>1216</v>
+        <v>57</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C371" t="s">
+        <v>256</v>
+      </c>
+      <c r="D371" t="s">
+        <v>10</v>
+      </c>
+      <c r="E371" t="s">
+        <v>11</v>
+      </c>
+      <c r="F371" s="1" t="s">
         <v>1217</v>
       </c>
-      <c r="B371" t="s">
-[...11 lines deleted...]
-      <c r="F371" s="1" t="s">
+      <c r="G371" t="s">
         <v>1218</v>
-      </c>
-[...1 lines deleted...]
-        <v>1219</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C372" t="s">
+        <v>260</v>
+      </c>
+      <c r="D372" t="s">
+        <v>10</v>
+      </c>
+      <c r="E372" t="s">
+        <v>11</v>
+      </c>
+      <c r="F372" s="1" t="s">
         <v>1220</v>
       </c>
-      <c r="B372" t="s">
-[...11 lines deleted...]
-      <c r="F372" s="1" t="s">
+      <c r="G372" t="s">
         <v>1221</v>
-      </c>
-[...1 lines deleted...]
-        <v>1222</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C373" t="s">
+        <v>264</v>
+      </c>
+      <c r="D373" t="s">
+        <v>10</v>
+      </c>
+      <c r="E373" t="s">
+        <v>11</v>
+      </c>
+      <c r="F373" s="1" t="s">
         <v>1223</v>
       </c>
-      <c r="B373" t="s">
-[...11 lines deleted...]
-      <c r="F373" s="1" t="s">
+      <c r="G373" t="s">
         <v>1224</v>
-      </c>
-[...1 lines deleted...]
-        <v>862</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
         <v>1225</v>
       </c>
       <c r="B374" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C374" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D374" t="s">
         <v>10</v>
       </c>
       <c r="E374" t="s">
         <v>11</v>
       </c>
       <c r="F374" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="G374" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
         <v>1228</v>
       </c>
       <c r="B375" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="C375" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="G375" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
         <v>1231</v>
       </c>
       <c r="B376" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C376" t="s">
+        <v>276</v>
+      </c>
+      <c r="D376" t="s">
+        <v>10</v>
+      </c>
+      <c r="E376" t="s">
+        <v>11</v>
+      </c>
+      <c r="F376" s="1" t="s">
         <v>1232</v>
       </c>
-      <c r="C376" t="s">
-[...8 lines deleted...]
-      <c r="F376" s="1" t="s">
+      <c r="G376" t="s">
         <v>1233</v>
-      </c>
-[...1 lines deleted...]
-        <v>1234</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C377" t="s">
+        <v>280</v>
+      </c>
+      <c r="D377" t="s">
+        <v>10</v>
+      </c>
+      <c r="E377" t="s">
+        <v>11</v>
+      </c>
+      <c r="F377" s="1" t="s">
         <v>1235</v>
       </c>
-      <c r="B377" t="s">
+      <c r="G377" t="s">
         <v>1236</v>
       </c>
-      <c r="C377" t="s">
-[...8 lines deleted...]
-      <c r="F377" s="1" t="s">
+    </row>
+    <row r="378" spans="1:7">
+      <c r="A378" t="s">
         <v>1237</v>
       </c>
-      <c r="G377" t="s">
-        <v>1234</v>
+      <c r="B378" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C378" t="s">
+        <v>284</v>
+      </c>
+      <c r="D378" t="s">
+        <v>10</v>
+      </c>
+      <c r="E378" t="s">
+        <v>11</v>
+      </c>
+      <c r="F378" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="G378" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="379" spans="1:7">
+      <c r="A379" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C379" t="s">
+        <v>288</v>
+      </c>
+      <c r="D379" t="s">
+        <v>10</v>
+      </c>
+      <c r="E379" t="s">
+        <v>11</v>
+      </c>
+      <c r="F379" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="G379" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="380" spans="1:7">
+      <c r="A380" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B380" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C380" t="s">
+        <v>292</v>
+      </c>
+      <c r="D380" t="s">
+        <v>10</v>
+      </c>
+      <c r="E380" t="s">
+        <v>11</v>
+      </c>
+      <c r="F380" s="1" t="s">
+        <v>1244</v>
+      </c>
+      <c r="G380" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="381" spans="1:7">
+      <c r="A381" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C381" t="s">
+        <v>9</v>
+      </c>
+      <c r="D381" t="s">
+        <v>10</v>
+      </c>
+      <c r="E381" t="s">
+        <v>11</v>
+      </c>
+      <c r="F381" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="G381" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="382" spans="1:7">
+      <c r="A382" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B382" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C382" t="s">
+        <v>15</v>
+      </c>
+      <c r="D382" t="s">
+        <v>10</v>
+      </c>
+      <c r="E382" t="s">
+        <v>11</v>
+      </c>
+      <c r="F382" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="G382" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="383" spans="1:7">
+      <c r="A383" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B383" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C383" t="s">
+        <v>19</v>
+      </c>
+      <c r="D383" t="s">
+        <v>10</v>
+      </c>
+      <c r="E383" t="s">
+        <v>11</v>
+      </c>
+      <c r="F383" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="G383" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="384" spans="1:7">
+      <c r="A384" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B384" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C384" t="s">
+        <v>23</v>
+      </c>
+      <c r="D384" t="s">
+        <v>10</v>
+      </c>
+      <c r="E384" t="s">
+        <v>11</v>
+      </c>
+      <c r="F384" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="G384" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="385" spans="1:7">
+      <c r="A385" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B385" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C385" t="s">
+        <v>27</v>
+      </c>
+      <c r="D385" t="s">
+        <v>10</v>
+      </c>
+      <c r="E385" t="s">
+        <v>11</v>
+      </c>
+      <c r="F385" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="G385" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="386" spans="1:7">
+      <c r="A386" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B386" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C386" t="s">
+        <v>31</v>
+      </c>
+      <c r="D386" t="s">
+        <v>10</v>
+      </c>
+      <c r="E386" t="s">
+        <v>11</v>
+      </c>
+      <c r="F386" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="G386" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="387" spans="1:7">
+      <c r="A387" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B387" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C387" t="s">
+        <v>35</v>
+      </c>
+      <c r="D387" t="s">
+        <v>10</v>
+      </c>
+      <c r="E387" t="s">
+        <v>11</v>
+      </c>
+      <c r="F387" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="G387" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="388" spans="1:7">
+      <c r="A388" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B388" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C388" t="s">
+        <v>39</v>
+      </c>
+      <c r="D388" t="s">
+        <v>10</v>
+      </c>
+      <c r="E388" t="s">
+        <v>11</v>
+      </c>
+      <c r="F388" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="G388" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="389" spans="1:7">
+      <c r="A389" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B389" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C389" t="s">
+        <v>43</v>
+      </c>
+      <c r="D389" t="s">
+        <v>10</v>
+      </c>
+      <c r="E389" t="s">
+        <v>11</v>
+      </c>
+      <c r="F389" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="G389" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="390" spans="1:7">
+      <c r="A390" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B390" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C390" t="s">
+        <v>47</v>
+      </c>
+      <c r="D390" t="s">
+        <v>10</v>
+      </c>
+      <c r="E390" t="s">
+        <v>11</v>
+      </c>
+      <c r="F390" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="G390" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="391" spans="1:7">
+      <c r="A391" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B391" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C391" t="s">
+        <v>51</v>
+      </c>
+      <c r="D391" t="s">
+        <v>10</v>
+      </c>
+      <c r="E391" t="s">
+        <v>11</v>
+      </c>
+      <c r="F391" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="G391" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="392" spans="1:7">
+      <c r="A392" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B392" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C392" t="s">
+        <v>55</v>
+      </c>
+      <c r="D392" t="s">
+        <v>10</v>
+      </c>
+      <c r="E392" t="s">
+        <v>11</v>
+      </c>
+      <c r="F392" s="1" t="s">
+        <v>1280</v>
+      </c>
+      <c r="G392" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="393" spans="1:7">
+      <c r="A393" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B393" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C393" t="s">
+        <v>59</v>
+      </c>
+      <c r="D393" t="s">
+        <v>10</v>
+      </c>
+      <c r="E393" t="s">
+        <v>11</v>
+      </c>
+      <c r="F393" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="G393" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="394" spans="1:7">
+      <c r="A394" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B394" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C394" t="s">
+        <v>63</v>
+      </c>
+      <c r="D394" t="s">
+        <v>10</v>
+      </c>
+      <c r="E394" t="s">
+        <v>11</v>
+      </c>
+      <c r="F394" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="G394" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="395" spans="1:7">
+      <c r="A395" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B395" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C395" t="s">
+        <v>67</v>
+      </c>
+      <c r="D395" t="s">
+        <v>10</v>
+      </c>
+      <c r="E395" t="s">
+        <v>11</v>
+      </c>
+      <c r="F395" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="G395" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="396" spans="1:7">
+      <c r="A396" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B396" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C396" t="s">
+        <v>71</v>
+      </c>
+      <c r="D396" t="s">
+        <v>10</v>
+      </c>
+      <c r="E396" t="s">
+        <v>11</v>
+      </c>
+      <c r="F396" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G396" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="397" spans="1:7">
+      <c r="A397" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B397" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C397" t="s">
+        <v>75</v>
+      </c>
+      <c r="D397" t="s">
+        <v>10</v>
+      </c>
+      <c r="E397" t="s">
+        <v>11</v>
+      </c>
+      <c r="F397" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="G397" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="398" spans="1:7">
+      <c r="A398" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B398" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C398" t="s">
+        <v>79</v>
+      </c>
+      <c r="D398" t="s">
+        <v>10</v>
+      </c>
+      <c r="E398" t="s">
+        <v>11</v>
+      </c>
+      <c r="F398" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="G398" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="399" spans="1:7">
+      <c r="A399" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B399" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C399" t="s">
+        <v>83</v>
+      </c>
+      <c r="D399" t="s">
+        <v>10</v>
+      </c>
+      <c r="E399" t="s">
+        <v>11</v>
+      </c>
+      <c r="F399" s="1" t="s">
+        <v>1300</v>
+      </c>
+      <c r="G399" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="400" spans="1:7">
+      <c r="A400" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C400" t="s">
+        <v>87</v>
+      </c>
+      <c r="D400" t="s">
+        <v>10</v>
+      </c>
+      <c r="E400" t="s">
+        <v>11</v>
+      </c>
+      <c r="F400" s="1" t="s">
+        <v>1303</v>
+      </c>
+      <c r="G400" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="401" spans="1:7">
+      <c r="A401" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C401" t="s">
+        <v>71</v>
+      </c>
+      <c r="D401" t="s">
+        <v>10</v>
+      </c>
+      <c r="E401" t="s">
+        <v>11</v>
+      </c>
+      <c r="F401" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="G401" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="402" spans="1:7">
+      <c r="A402" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C402" t="s">
+        <v>39</v>
+      </c>
+      <c r="D402" t="s">
+        <v>10</v>
+      </c>
+      <c r="E402" t="s">
+        <v>11</v>
+      </c>
+      <c r="F402" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="G402" t="s">
+        <v>1308</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -13144,50 +13941,75 @@
     <hyperlink ref="F353" r:id="rId352"/>
     <hyperlink ref="F354" r:id="rId353"/>
     <hyperlink ref="F355" r:id="rId354"/>
     <hyperlink ref="F356" r:id="rId355"/>
     <hyperlink ref="F357" r:id="rId356"/>
     <hyperlink ref="F358" r:id="rId357"/>
     <hyperlink ref="F359" r:id="rId358"/>
     <hyperlink ref="F360" r:id="rId359"/>
     <hyperlink ref="F361" r:id="rId360"/>
     <hyperlink ref="F362" r:id="rId361"/>
     <hyperlink ref="F363" r:id="rId362"/>
     <hyperlink ref="F364" r:id="rId363"/>
     <hyperlink ref="F365" r:id="rId364"/>
     <hyperlink ref="F366" r:id="rId365"/>
     <hyperlink ref="F367" r:id="rId366"/>
     <hyperlink ref="F368" r:id="rId367"/>
     <hyperlink ref="F369" r:id="rId368"/>
     <hyperlink ref="F370" r:id="rId369"/>
     <hyperlink ref="F371" r:id="rId370"/>
     <hyperlink ref="F372" r:id="rId371"/>
     <hyperlink ref="F373" r:id="rId372"/>
     <hyperlink ref="F374" r:id="rId373"/>
     <hyperlink ref="F375" r:id="rId374"/>
     <hyperlink ref="F376" r:id="rId375"/>
     <hyperlink ref="F377" r:id="rId376"/>
+    <hyperlink ref="F378" r:id="rId377"/>
+    <hyperlink ref="F379" r:id="rId378"/>
+    <hyperlink ref="F380" r:id="rId379"/>
+    <hyperlink ref="F381" r:id="rId380"/>
+    <hyperlink ref="F382" r:id="rId381"/>
+    <hyperlink ref="F383" r:id="rId382"/>
+    <hyperlink ref="F384" r:id="rId383"/>
+    <hyperlink ref="F385" r:id="rId384"/>
+    <hyperlink ref="F386" r:id="rId385"/>
+    <hyperlink ref="F387" r:id="rId386"/>
+    <hyperlink ref="F388" r:id="rId387"/>
+    <hyperlink ref="F389" r:id="rId388"/>
+    <hyperlink ref="F390" r:id="rId389"/>
+    <hyperlink ref="F391" r:id="rId390"/>
+    <hyperlink ref="F392" r:id="rId391"/>
+    <hyperlink ref="F393" r:id="rId392"/>
+    <hyperlink ref="F394" r:id="rId393"/>
+    <hyperlink ref="F395" r:id="rId394"/>
+    <hyperlink ref="F396" r:id="rId395"/>
+    <hyperlink ref="F397" r:id="rId396"/>
+    <hyperlink ref="F398" r:id="rId397"/>
+    <hyperlink ref="F399" r:id="rId398"/>
+    <hyperlink ref="F400" r:id="rId399"/>
+    <hyperlink ref="F401" r:id="rId400"/>
+    <hyperlink ref="F402" r:id="rId401"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>