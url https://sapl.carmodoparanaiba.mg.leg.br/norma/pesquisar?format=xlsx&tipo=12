--- v2 (2026-01-31)
+++ v3 (2026-03-18)
@@ -10,3991 +10,4027 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2814" uniqueCount="1312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2842" uniqueCount="1324">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>3801</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>PRT</t>
+  </si>
+  <si>
+    <t>Portaria - Câmara Municipal</t>
+  </si>
+  <si>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3801/portaria_no_24-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica previamente autorizado o cômputo de horas-crédito, para fins de compensação futura em horas-folga, aos servidores abaixo relacionados, quando houver necessidade de extrapolação da jornada regular em razão das atribuições inerentes às funções de direção, chefia ou encargos técnicos assumidos.</t>
+  </si>
+  <si>
+    <t>3794</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3794/portaria_no_023-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ficam nomeadas a Procuradora Especial da Mulher e as Procuradoras Adjuntas no exercício de 2026.</t>
+  </si>
+  <si>
+    <t>3793</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3793/portaria_no_22-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica alterado o Anexo da Portaria nº 53, de 30 de maio de 2025, que publica o Plano de Contratações Anual de 2026, no âmbito do Poder Legislativo do Município de Carmo do Paranaíba/MG.</t>
+  </si>
+  <si>
+    <t>3792</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3792/portaria_no_21-2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica prorrogado por mais 24 (vinte e quatro) meses o prazo previsto no § 2º do art. 11 da Portaria nº 001, de 02 de janeiro de 2024, para a instituição do Catálogo Eletrônico de Padronização de Compras e Serviços – CEPCS no âmbito do Poder Legislativo do Município de Carmo do Paranaíba/MG.</t>
+  </si>
+  <si>
     <t>3790</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>20</t>
   </si>
   <si>
-    <t>PRT</t>
-[...5 lines deleted...]
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3790/portaria_no_20-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3790/portaria_no_20-2026.pdf</t>
   </si>
   <si>
     <t>CALENDÁRIO OFICIAL DAS REUNIÕES ORDINÁRIAS DAS COMISSÕES PERMANENTES – NO ANO 2026.</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3786/portaria_no_19-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3786/portaria_no_19-2026.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a servidora Sra. Laura Luiza Oliveira Melo Vaccaro, como responsável pelo Plenário da Câmara Municipal de Carmo do Paranaíba, competindo-lhe a gestão, o controle e a organização de sua utilização, bem como o acompanhamento e a fiscalização do empréstimo, cessão de uso e demais procedimentos relacionados ao uso do referido espaço, nos termos da regulamentação estabelecida nesta Portaria.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3785/portaria_no_18-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3785/portaria_no_18-2026.pdf</t>
   </si>
   <si>
     <t>Ficam nomeadas as Comissões Permanentes da Câmara Municipal de Carmo do Paranaíba – Sessão Legislativa de 2026.</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3783/portaria_no_17-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3783/portaria_no_17-2026.pdf</t>
   </si>
   <si>
     <t>Fica composta a estrutura da Escola do Legislativo da Câmara Municipal de Carmo do Paranaíba no ano de 2026.</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3782/portaria_no_16-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3782/portaria_no_16-2026.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Thomas Henrique Augusto, ocupante do Cargo de Oficial Legislativo, sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2026, pelo exercício das funções de Chefe da Divisão de Compras.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3781/portaria_no_15-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3781/portaria_no_15-2026.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Lucília Helena Moreira, ocupante do Cargo de Serviços Gerais, sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2026, pela participação nas equipes de apoio do Agente de Contratação e Pregoeiro.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3780/portaria_no_14-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3780/portaria_no_14-2026.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Janiele Alves dos Reis, ocupante do Cargo de Auxiliar Legislativo, no período de 1º de janeiro a 31 de dezembro de 2026, pelo exercício das funções de Chefe da Divisão de Almoxarifado e Patrimônio, atuando como Presidente nas respectivas comissões.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3779/portaria_no_13-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3779/portaria_no_13-2026.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Lucas Teixeira Alves, ocupante do Cargo de Motorista, sobre seu vencimento base do dia 1º de janeiro de 2026 à 31 de dezembro de 2026, por assumir a função de Fiscal de Contratos.</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3778/portaria_no_12-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3778/portaria_no_12-2026.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Luana Nunes Vieira, ocupante do Cargo de Oficial Legislativo, sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2026, pelo exercício das funções de Chefe da Divisão de Licitações e Contratos, Agente de Contratação e Pregoeira.</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3777/portaria_no_11-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3777/portaria_no_11-2026.pdf</t>
   </si>
   <si>
     <t>Designa como Fiscal de Contratos da Câmara Municipal de Carmo do Paranaíba/MG, o servidor Lucas Teixeira Alves.</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3776/portaria_no_10-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3776/portaria_no_10-2026.pdf</t>
   </si>
   <si>
     <t>Designa como Chefe da Divisão de Compras da Câmara Municipal de Carmo do Paranaíba/MG, o servidor Thomas Henrique Augusto.</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3775/portaria_no_09-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3775/portaria_no_09-2026.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão Permanente de Inventário, Avaliação e Cadastro da Câmara Municipal de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3774/portaria_no_08-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3774/portaria_no_08-2026.pdf</t>
   </si>
   <si>
     <t>Designa como Chefe da Divisão de Licitações e Contratos da Câmara Municipal de Carmo do Paranaíba/MG, a servidora Luana Nunes Vieira.</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3773/portaria_no_07-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3773/portaria_no_07-2026.pdf</t>
   </si>
   <si>
     <t>Designa a Pregoeira e a equipe de apoio para julgar e conduzir os Processos Licitatórios na Modalidade Pregão, da Câmara Municipal de Carmo do Paranaíba/MG.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3772/portaria_no_06-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3772/portaria_no_06-2026.pdf</t>
   </si>
   <si>
     <t>Designa a Agente de Contratações e a equipe de apoio para julgar e conduzir os Processos Licitatórios, da Câmara Municipal de Carmo do Paranaíba/MG.</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3770/portaria_no_05-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3770/portaria_no_05-2026.pdf</t>
   </si>
   <si>
     <t>Ficam todos os servidores da Câmara Municipal obrigados a informar à Mesa Diretora, por escrito, as atribuições, atividades e funções que exercem e exerciam no ano de 2025 em relação ao desempenho de suas atividades laborais, descrevendo de forma detalhada as tarefas realizadas no dia a dia até a data limite de 09 de janeiro de 2026.</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3769/portaria_no_04-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3769/portaria_no_04-2026.pdf</t>
   </si>
   <si>
     <t>CALENDÁRIO OFICIAL DAS REUNIÕES ORDINÁRIAS – NO ANO 2026.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3768/portaria_no_03-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3768/portaria_no_03-2026.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre as matérias legislativas durante o recesso parlamentar.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3767/portaria_no_02-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3767/portaria_no_02-2026.pdf</t>
   </si>
   <si>
     <t>Fica renovado o prazo de validade do Concurso Público realizado pela Câmara Municipal de Carmo do Paranaíba/MG no ano de 2023, por igual período ao inicialmente previsto no edital.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3766/portaria_no_01-2026.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3766/portaria_no_01-2026.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Secretário Geral, o senhor BRUNO MORAIS MARQUES, conforme a Lei Complementar Municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, inciso VII, e nos anexos II e V item 7.</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3765/portaria_no_71-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3765/portaria_no_71-2025.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores dos Materiais em Almoxarifado, referente ao encerramento do exercício de 2025.</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3764/portaria_no_70-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3764/portaria_no_70-2025.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores em Tesouraria, referente ao encerramento do exercício de 2025.</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3763/portaria_no_69-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3763/portaria_no_69-2025.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores dos Bens Patrimoniais em Uso, Estocados, Cedidos e Recebidos em cessão, inclusive imóveis, referente ao encerramento do exercício de 2025.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3762/portaria_no_68-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3762/portaria_no_68-2025.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores das Contas Representativas dos Atos Potenciais Ativos e Passivos, referente ao encerramento do exercício de 2025.</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3761/portaria_no_67-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3761/portaria_no_67-2025.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores do Passivo Circulante e Não Circulante referente ao encerramento do exercício de 2025.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3750/portaria_no_66-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3750/portaria_no_66-2025.pdf</t>
   </si>
   <si>
     <t>Exonerar, a pedido, a partir do dia 31 de dezembro de 2025, o servidor DIEGO GONTIJO VELOSO do cargo de Secretário-Geral.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3749/portaria_no_065-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3749/portaria_no_065-2025.pdf</t>
   </si>
   <si>
     <t>Fica autorizado o descarte, mediante incineração, dos documentos que se tratarem de cópias e/ou segundas vias, cujos originais permanecem arquivados na Prefeitura Municipal.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3721/portaria_no_64-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3721/portaria_no_64-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atuação da Diretoria de Comunicação da Câmara Municipal de Carmo do Paranaíba e estabelece normas para requisição de seus serviços.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3701/portaria_no_63-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3701/portaria_no_63-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre os Projetos de Decretos Legislativos e demais matérias legislativas de homenagens.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3694/portaria_no_62-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3694/portaria_no_62-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois por cento) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 ao servidor GUILHERME DA SILVA ORDONES.</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3693/portaria_no_61-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3693/portaria_no_61-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois por cento) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 à servidora LUANA NUNES VIEIRA.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3692/portaria_no_60-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3692/portaria_no_60-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois por cento) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 à servidora JANIELE ALVES DOS REIS.</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3690/portaria_no_59-2025..pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3690/portaria_no_59-2025..pdf</t>
   </si>
   <si>
     <t>Fica alterado o anexo da Portaria nº 073, de 29 de maio de 2024, que trata da publicação do Plano de Contratações Anual – PCA para o exercício de 2025, passando a vigorar conforme o novo anexo que integra esta Portaria.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3689/portaria_no_58-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3689/portaria_no_58-2025.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 2020/2025, bem como autorizada a sua conversão em espécie dos 3 (três) meses, concedido em favor da servidora LUANA NUNES VIEIRA, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3688/portaria_no_57-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3688/portaria_no_57-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora LUANA NUNES VIEIRA, passando para o grau “R” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3687/portaria_no_56-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3687/portaria_no_56-2025.pdf</t>
   </si>
   <si>
     <t>Concede o 3º (terceiro) quinquênio à servidora LUANA NUNES VIEIRA, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3686/portaria_no_55-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3686/portaria_no_55-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois porcentos) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 à servidora ALANA DE MELO TEIXEIRA.</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3684/portaria_no_54-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3684/portaria_no_54-2025.pdf</t>
   </si>
   <si>
     <t>Ficam os valores constantes do ANEXO I da Lei Municipal nº 2.512 de 27 de março de 2019, atualizados com vigência até 31 de maio de 2026.</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3683/portaria_no_53-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3683/portaria_no_53-2025.pdf</t>
   </si>
   <si>
     <t>Fica publicado o Plano de Contratações Anual, para o exercício financeiro de 2026, no âmbito da Câmara Municipal de Carmo do Paranaíba, em conformidade com os anexos desta portaria.</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3680/portaria_no_052-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3680/portaria_no_052-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois porcentos) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 à servidora DAIANE APARECIDA LIMA OLIVEIRA.</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3679/portaria_no_051-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3679/portaria_no_051-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois porcentos) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 ao servidor LUCAS TEIXEIRA ALVES.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3678/portaria_no_050-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3678/portaria_no_050-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a servidora Sra. Alana de Melo Teixeira, ocupante do cargo de Oficial Legislativo, Matrícula 188, como responsável do plenário da Câmara Municipal de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3657/portaria_no_49-2025_ok.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3657/portaria_no_49-2025_ok.pdf</t>
   </si>
   <si>
     <t>Fica alterado o anexo da Portaria n° 073/2024 que “Publica o Plano de Contratações Anual de 2025, no âmbito do Poder Legislativo do Município de Carmo do Paranaíba e dá outras providências.”.</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3656/portaria_no_48-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3656/portaria_no_48-2025.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 2019/2024, bem como autorizada a sua conversão em espécie dos 3 (três) meses, concedido em favor da servidora KÊNIA CRISTINA CUNHA OLIVEIRA, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3655/portaria_no_47-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3655/portaria_no_47-2025.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 2020/2025, bem como autorizada a sua conversão em espécie dos 3 (três) meses, concedido em favor da servidora JANIELE ALVES DOS REIS, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3654/portaria_no_46-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3654/portaria_no_46-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora DAIANE APARECIDA LIMA OLIVEIRA, passando para o grau “Q” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3653/portaria_no_45-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3653/portaria_no_45-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora GLENISE MELO VIOTTI, passando para o grau “E” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3652/portaria_no_44-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3652/portaria_no_44-2025.pdf</t>
   </si>
   <si>
     <t>Exonerar, em virtude da concessão de Aposentadoria Voluntária por Idade e Tempo de Contribuição, a partir do dia 25 de fevereiro de 2025, a servidora DILZA FARIA DE ANDRADE, do cargo de Assistente Contábil.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3651/portaria_no_43-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3651/portaria_no_43-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Procuradoria da Mulher no exercício de 2025.</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3649/portaria_no_42-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3649/portaria_no_42-2025.pdf</t>
   </si>
   <si>
     <t>CALENDÁRIO OFICIAL DAS REUNIÕES ORDINÁRIAS DAS COMISSÕES PERMANENTES – NO ANO 2025.</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3648/portaria_no_41-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3648/portaria_no_41-2025.pdf</t>
   </si>
   <si>
     <t>Concede o 1º (primeiro) quinquênio ao servidor Fábio Jeferson do Amaral.</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3647/portaria_no_40-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3647/portaria_no_40-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora JANIELE ALVES DOS REIS, passando para o grau “S” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3646/portaria_no_39-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3646/portaria_no_39-2025.pdf</t>
   </si>
   <si>
     <t>Concede o 3º (terceiro) quinquênio à servidora JANIELE ALVES DOS REIS.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3645/portaria_no_38-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3645/portaria_no_38-2025.pdf</t>
   </si>
   <si>
     <t>Concede a vinculação do 1º (primeiro) quinquênio concedido pela portaria n° 018, de 31 de janeiro de 2022 e do 2° (segundo) quinquênio concedido pela portaria n° 082, de 26 de dezembro de 2022 à nova admissão no cargo de Secretário-Geral ao servidor DIEGO GONTIJO VELOSO.</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3639/portaria_no_37-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3639/portaria_no_37-2025.pdf</t>
   </si>
   <si>
     <t>Ficam nomeadas as Comissões Permanentes da Câmara Municipal de Carmo do Paranaíba – Sessão Legislativa de 2025.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3638/portaria_no_36-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3638/portaria_no_36-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora LUCÍLIA HELENA MOREIRA, passando para o grau “G” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3637/portaria_no_35-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3637/portaria_no_35-2025.pdf</t>
   </si>
   <si>
     <t>Concede o 1º (primeiro) quinquênio à servidora Natália Luiza Morais, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3636/portaria_no_34-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3636/portaria_no_34-2025.pdf</t>
   </si>
   <si>
     <t>Concede o 1º (primeiro) quinquênio à servidora Soraia Costa dos Santos, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3635/portaria_no_33-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3635/portaria_no_33-2025.pdf</t>
   </si>
   <si>
     <t>Concede a vinculação do 1º (primeiro) quinquênio concedido pela portaria n° 086, de 30 de setembro de 2024 à nova admissão no cargo de Diretor Legislativo ao servidor PAULO VITOR CIMETTA DE DEUS, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3634/portaria_no_32-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3634/portaria_no_32-2025.pdf</t>
   </si>
   <si>
     <t>Fica alterado o art. 33 e seu Parágrafo único da Portaria nº 003/2024.</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3633/portaria_no_31-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3633/portaria_no_31-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Diretor de Comunicação, o senhor LÉLIS FÉLIX SOUZA ALVES.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3632/portaria_no_30-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3632/portaria_no_30-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Lucília Helena Moreira, ocupante do Cargo de Serviços Gerais, no período de 1º de janeiro a 31 de dezembro de 2025, pela participação nas equipes de apoio do Agente de Contratação e Pregoeiro.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3631/skm_c36825012411190.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3631/skm_c36825012411190.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Guilherme da Silva Ordones, ocupante do Cargo de Consultor Legislativo/Advogado, do dia 1º de janeiro de 2024 à 31 de dezembro de 2024, pelo desempenho de seu trabalho em reuniões ordinárias, extraordinárias e solenes da Câmara Municipal de Carmo do Paranaíba e como membro do Conselho Geral da Escola do Legislativo.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3630/portaria_no_28-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3630/portaria_no_28-2025.pdf</t>
   </si>
   <si>
     <t>Fica aprovado o calendário de funcionamento da Câmara Municipal para o ano de 2025.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3629/portaria_no_27-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3629/portaria_no_27-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Thomas Henrique Augusto, no período de 1º de janeiro a 31 de dezembro de 2025, pela participação nas equipes de apoio do Agente de Contratação e Pregoeiro.</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3628/portaria_no_26-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3628/portaria_no_26-2025.pdf</t>
   </si>
   <si>
     <t>Fica composta a Escola do Legislativo da Câmara Municipal de Carmo do Paranaíba no ano de 2025.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3627/portaria_no_25-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3627/portaria_no_25-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função a servidora ALANA DE MELO TEIXEIRA, ocupante do Cargo de Oficial Legislativo, do dia 1º de janeiro à 31 de dezembro de 2025, pela participação na Comissão de Adequação à LGPD da Câmara Municipal.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
-    <t>24</t>
-[...2 lines deleted...]
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3626/portaria_no_24-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3626/portaria_no_24-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor TIAGO EMIDIO TEIXEIRA DA SILVA, ocupante do Cargo de Oficial Legislativo, do dia 1º de janeiro à 31 de dezembro de 2025, pelo exercício das funções de Chefe da Divisão de Compras.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
-    <t>23</t>
-[...2 lines deleted...]
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3625/portaria_no_23-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3625/portaria_no_23-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Silvanio Gomes Camacho, ocupante do Consultor Contábil - Contador, do até o dia 31 de dezembro de 2025, por assumir a função de Presidente da Comissão de Adequação a LGPD (Lei Geral de Proteção de Dados).</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
-    <t>22</t>
-[...2 lines deleted...]
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3624/portaria_no_22-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3624/portaria_no_22-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Lucas Teixeira Alves, ocupante do Cargo de Motorista, do dia 1º de janeiro de 2025 à 31 de dezembro de 2025, por assumir a função de Fiscal de Contratos.</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
-    <t>21</t>
-[...2 lines deleted...]
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3623/portaria_no_21-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3623/portaria_no_21-2025.pdf</t>
   </si>
   <si>
     <t>Designa como Fiscal de Contratos da Câmara Municipal de Carmo do Paranaíba/MG, o servidor Lucas Teixeira Alves, ocupante do Cargo de Motorista.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3622/portaria_no_20-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3622/portaria_no_20-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função a servidora Dilza Faria de Andrade, do dia 1º de janeiro de 2025 à 31 de dezembro de 2025, pela realização de treinamento do(a) servidor(a) nomeado para o cargo de Consultor Contábil – Contador, com o acompanhamento diário daquele no exercício de suas atribuições.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3621/portaria_no_19-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3621/portaria_no_19-2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Janiele Alves dos Reis, no período de 1º de janeiro a 31 de dezembro de 2025, pela participação nas comissões de Almoxarifado e Patrimônio.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3620/portaria_no_18-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3620/portaria_no_18-2025.pdf</t>
   </si>
   <si>
     <t>Designa como Chefe da Divisão de Compras da Câmara Municipal de Carmo do Paranaíba/MG, o servidor Tiago Emídio Teixeira da Silva.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3619/portaria_no_17-2025..pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3619/portaria_no_17-2025..pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Luana Nunes Vieira no período de 1º de janeiro a 31 de dezembro de 2025, pelo exercício das funções de Chefe da Divisão de Licitações e Contratos.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3618/portaria_no_16_-_2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3618/portaria_no_16_-_2025.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função a servidora Daiane Aparecida Lima Oliveira pela participação como Coordenadora Pedagógica da Escola do Legislativo.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3617/portaria_no_15-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3617/portaria_no_15-2025.pdf</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3616/portaria_no_14-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3616/portaria_no_14-2025.pdf</t>
   </si>
   <si>
     <t>Fica implantado o processo de adequação da Câmara Municipal de Carmo do Paranaíba à Lei Geral de Proteção de Dados Pessoais (LGPD) e fica criada a Comissão de Adequação à LGPD.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3615/portaria_no_13-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3615/portaria_no_13-2025.pdf</t>
   </si>
   <si>
     <t>Designa o Pregoeiro e a equipe de Apoio.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3614/portaria_no_12-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3614/portaria_no_12-2025.pdf</t>
   </si>
   <si>
     <t>Designa o Agente de Contratações e a equipe de apoio.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3613/portaria_no_11-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3613/portaria_no_11-2025.pdf</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3612/portaria_no_10-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3612/portaria_no_10-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeada para o cargo de Assessora Parlamentar, a senhora SORAIA COSTA DOS SANTOS.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3608/portaria_no_09-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3608/portaria_no_09-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre as Mensagens de Veto nº 01, 02, 03 e 04/2024 e demais matérias legislativas durante o recesso parlamentar.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3607/portaria_no_08-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3607/portaria_no_08-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeada para o cargo de Diretor(a) Administrativo-Financeiro, a senhora NATÁLIA LUIZA MORAIS.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3606/portaria_no_07-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3606/portaria_no_07-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Assessor de Comunicação, o senhor FABIO JEFERSON DO AMARAL.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3605/portaria_no_06-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3605/portaria_no_06-2025.pdf</t>
   </si>
   <si>
     <t>Ficam autorizados os servidores ocupantes dos seguintes cargos a utilizarem o certificado digital dos membros da Mesa Diretora da Câmara Municipal de Carmo do Paranaíba para a prática de atos administrativos e legislativos.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3604/portaria_no_05-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3604/portaria_no_05-2025.pdf</t>
   </si>
   <si>
     <t>Fica autorizado o(a) Secretário(a) Geral da Câmara e o(a) Diretor(a) Legislativo a autenticar documentos no âmbito desta Câmara Municipal.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3603/portaria_no_04-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3603/portaria_no_04-2025.pdf</t>
   </si>
   <si>
     <t>CALENDÁRIO OFICIAL DAS REUNIÕES ORDINÁRIAS – NO ANO 2025</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3600/portaria_no_03-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3600/portaria_no_03-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeada para o cargo de Assessora da Mesa Diretora, a senhora LAURA LUIZA OLIVEIRA MELO VACCARO, conforme a Lei complementar municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, inciso II, e nos anexos II e V item 2.</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3599/portaria_no_02-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3599/portaria_no_02-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Secretário Geral, o senhor DIEGO GONTI-JO VELOSO, conforme a Lei complementar municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, inciso VII, e nos anexos II e V item 7.</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3598/portaria_no_01-2025.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3598/portaria_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Diretor Legislativo, o senhor PAULO VITOR CIMETTA DE DEUS, conforme a Lei complementar municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, inciso VI, e nos anexos II e V item 6.</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3597/portaria_no_107-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3597/portaria_no_107-2024.pdf</t>
   </si>
   <si>
     <t>Exonerar, a partir do dia 31 de dezembro de 2024, a servidora KIARA GOMES DE MENDONÇA do cargo de Assessora da Mesa Diretora.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3596/portaria_no_106-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3596/portaria_no_106-2024.pdf</t>
   </si>
   <si>
     <t>Exonerar, a partir do dia 31 de dezembro de 2024, a servidora JULIANE MARIA XAVIER REIS do cargo de Assessora Parlamentar.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3595/portaria_no_105-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3595/portaria_no_105-2024.pdf</t>
   </si>
   <si>
     <t>Exonerar, a partir do dia 31 de dezembro de 2024, o servidor DIEGO GONTIJO VELOSO do cargo de Diretor Administrativo-Financeiro.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3594/portaria_no_104-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3594/portaria_no_104-2024.pdf</t>
   </si>
   <si>
     <t>Exonerar, a partir do dia 31 de dezembro de 2024, o servidor PAULO VITOR CIMETTA DE DEUS do cargo de Diretor Legislativo.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3593/portaria_no_103-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3593/portaria_no_103-2024.pdf</t>
   </si>
   <si>
     <t>Exonerar, a partir do dia 31 de dezembro de 2024, a servidora ALVINA GONÇALVES AZEVEDO do cargo de Secretária Geral.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3592/portaria_no_102-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3592/portaria_no_102-2024.pdf</t>
   </si>
   <si>
     <t>Exonerar, a partir do dia 31 de dezembro de 2024, a servidora TATIANA PI-MENTA BARBOSA do cargo de Assessora de Comunicação.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3588/portaria_no_101_de_05_de_dezembro_de_2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3588/portaria_no_101_de_05_de_dezembro_de_2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora KÊNIA CRISTINA CUNHA OLIVEIRA do grau N para P, ficando disposto na tabela (Nível IV, Grau P) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3582/portaria_no_100-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3582/portaria_no_100-2024.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores em Tesouraria, referente ao encerramento do exercício de 2024.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3581/portaria-no-099-2024-comissao-valores-dos-bens-patrimoniais.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3581/portaria-no-099-2024-comissao-valores-dos-bens-patrimoniais.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores dos Bens Patrimoniais em Uso, Estocados, Cedidos e Recebidos em cessão, inclusive imóveis, referente ao encerramento do exercício de 2024.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3580/portaria_no_98-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3580/portaria_no_98-2024.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores das Contas Representativas dos Atos Potenciais Ativos e Passivos, referente ao encerramento do exercício de 2024.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3579/portaria_no_97-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3579/portaria_no_97-2024.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores do Passivo Circulante e Não Circulante referente ao encerramento do exercício de 2024.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3578/portaria_no_96-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3578/portaria_no_96-2024.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores dos Materiais em Almoxarifado, referente ao encerramento do exercício de 2024.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3577/portaria_no_95-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3577/portaria_no_95-2024.pdf</t>
   </si>
   <si>
     <t>Exonerar, a pedido, a partir do dia 21 de novembro de 2024, o servidor VITOR HUGO RODRIGUES SANTO do cargo de Diretor de Comunicação, previsto na Lei Complementar Municipal nº 014, de 30 de junho de 2022, cujo cargo vem descrito no art. 9º, § 1º, inciso V, e nos anexos II e V item 5.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3576/portaria_no_94-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3576/portaria_no_94-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o Art. 23 e seguintes da Lei Complementar Municipal nº 14, de 30 de junho de 2022, passando a servidora Kênia Cristina Cunha Oliveira, admitida em 09 de novembro de 2009, do grau M para o N da tabela de vencimentos de sua carreira na Câmara Municipal.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3575/portaria_no_93-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3575/portaria_no_93-2024.pdf</t>
   </si>
   <si>
     <t>Concede o 3º (terceiro) quinquênio à servidora Kênia Cristina Cunha Oliveira, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3565/portaria_no_92-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3565/portaria_no_92-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora KÊNIA CRISTINA CUNHA OLIVEIRA do grau K para M, ficando disposto na tabela (Nível IV, Grau I) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3564/portaria_no_91-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3564/portaria_no_91-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora KÊNIA CRISTINA CUNHA OLIVEIRA do grau I para K, ficando disposto na tabela (Nível IV, Grau I) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3558/portaria_no_90-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3558/portaria_no_90-2024.pdf</t>
   </si>
   <si>
     <t>Fica alterada a data da Reunião Ordinária da Câmara Municipal, inicialmente marcada para o dia 14 de outubro de 2024, para o dia 21 de outubro de 2024.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3557/portaria_no_89-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3557/portaria_no_89-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora KÊNIA CRISTINA CUNHA OLIVEIRA do grau G para I, ficando disposto na tabela (Nível IV, Grau I) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3556/portaria_no_88-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3556/portaria_no_88-2024.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 2019/2024, bem como autorizada a sua conversão em espécie dos 3 (três) meses restantes, concedido em favor do servidor DIEGO GONTIJO VELOSO, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3555/portaria_no_87-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3555/portaria_no_87-2024.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 2019/2024, bem como autorizada a sua conversão em espécie dos 3 (três) meses restantes, concedido em favor do servidor PAULO VITOR CIMETTA DE DEUS, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3554/portaria_no_86-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3554/portaria_no_86-2024.pdf</t>
   </si>
   <si>
     <t>Concede o 1º (primeiro) quinquênio ao servidor PAULO VITOR CIMETTA DE DEUS, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3549/portaria_no_85-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3549/portaria_no_85-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor TIAGO EMIDIO TEIXEIRA DA SILVA do grau I para K, ficando disposto na tabela (Nível IV, Grau K) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3548/portaria_no_84-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3548/portaria_no_84-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora ALANA DE MELO TEIXEIRA do grau I para K, ficando disposto na tabela (Nível IV, Grau K) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3547/portaria_no_83-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3547/portaria_no_83-2024.pdf</t>
   </si>
   <si>
     <t>Concede o 2º (segundo) quinquênio ao servidor Guilherme da Silva Ordones, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3546/portaria_no_82-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3546/portaria_no_82-2024.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 24 de agosto de 2019 e 21 de agosto de 2024, bem como autorizada a sua conversão em espécie dos 3 (três) meses restantes, concedido em favor do servidor Guilherme da Silva Ordones, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3542/portaria_no_81-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3542/portaria_no_81-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor SILVANIO GOMES CAMACHO do grau I para K, ficando disposto na tabela (Nível VI, Grau K) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3541/portaria_no_80-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3541/portaria_no_80-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois porcentos) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 ao servidor Tiago Emídio Teixeira da Silva.</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3540/portaria_no_79-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3540/portaria_no_79-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora ALANA DE MELO TEIXEIRA do grau G para I, ficando disposto na tabela (Nível IV, Grau I) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3539/portaria_no_78-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3539/portaria_no_78-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora ALANA DE MELO TEIXEIRA do grau E para G, ficando disposto na tabela (Nível IV, Grau G) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3531/portaria_no_77-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3531/portaria_no_77-2024.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 2019/2024, bem como autorizada a sua conversão em espécie dos 3 (três) meses restantes, concedido em favor do servidor Lucas Teixeira Alves, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3530/portaria_no_76-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3530/portaria_no_76-2024.pdf</t>
   </si>
   <si>
     <t>Concede o 2º (segundo) quinquênio ao servidor LUCAS TEIXEIRA ALVES, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3529/portaria_no_75-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3529/portaria_no_75-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor TIAGO EMIDIO TEIXEIRA DA SILVA do grau G para I, ficando disposto na tabela (Nível IV, Grau I) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3527/portaria_no_74-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3527/portaria_no_74-2024.pdf</t>
   </si>
   <si>
     <t>Ficam os valores constantes do ANEXO I da Lei Municipal nº 2.512 de 27 de março de 2019, atualizados com vigência até 31 de maio de 2025.</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3517/portaria_no_73-2024-.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3517/portaria_no_73-2024-.pdf</t>
   </si>
   <si>
     <t>Publica o Plano de Contratações Anual de 2025, no âmbito do Poder Legislativo do Município de Carmo do Paranaíba e dá outras providências.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3516/portaria_no_72-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3516/portaria_no_72-2024.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre os Projetos de Decretos Legislativos nº 09, 10 e 11/2023 e 03/2024 na reunião extraordinária posteriormente marcada.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3515/portaria_no_71-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3515/portaria_no_71-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor SILVANIO GOMES CAMACHO do grau G para I, ficando disposto na tabela (Nível VI, Grau I) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3514/portaria_no_70-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3514/portaria_no_70-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor SILVANIO GOMES CAMACHO do grau E para G, ficando disposto na tabela (Nível VI, Grau G) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3513/portaria_no_69-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3513/portaria_no_69-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor SILVANIO GOMES CAMACHO do grau C para E, ficando disposto na tabela (Nível VI, Grau E) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3512/portaria_no_68-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3512/portaria_no_68-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedido o Abono Permanência a partir da presente data a servidora Glenise Melo Viotti, ocupante do cargo de Recepcionista, conforme art. 58 da Lei Municipal nº 1.835 de 12 de maio de 2006.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3496/portaria_no_67-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3496/portaria_no_67-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Silvanio Gomes Camacho, ocupante do Consultor Contábil - Contador, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base do até o dia 31 de dezembro de 2024, por assumir a função de Presidente da Comissão de Patrimônio.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3495/portaria_no_66-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3495/portaria_no_66-2024.pdf</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3494/portaria_no_65-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3494/portaria_no_65-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora CATIA SILENE DA CRUZ SILVA do grau Q para S, ficando disposto na tabela (Grau S) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3493/portaria_no_64-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3493/portaria_no_64-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora CATIA SILENE DA CRUZ SILVA do grau O para Q, ficando disposto na tabela (Grau Q) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3492/portaria_no_63-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3492/portaria_no_63-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora CATIA SILENE DA CRUZ SILVA do grau M para O, ficando disposto na tabela (Grau O) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3491/portaria_no_62-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3491/portaria_no_62-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor SILVANIO GOMES CAMACHO do grau A para C, ficando disposto na tabela (Nível VI, Grau C) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3490/portaria_no_61-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3490/portaria_no_61-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois por cento) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 ao servidor Silvanio Gomes Camacho.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3489/portaria_no_60-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3489/portaria_no_60-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora CATIA SILENE DA CRUZ SILVA do grau K para M, ficando disposto na tabela (Grau M) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3488/portaria_no_59-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3488/portaria_no_59-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora CATIA SILENE DA CRUZ SILVA do grau I para k, ficando disposto na tabela (Grau k) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3487/portaria_no_58-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3487/portaria_no_58-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora ALANA DE MELO TEIXEIRA do grau C para E, ficando disposto na tabela (Nível IV, Grau E) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3486/portaria_no_57-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3486/portaria_no_57-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora ALANA DE MELO TEIXEIRA do grau A para C, ficando disposto na tabela (Nível IV, Grau C) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3485/portaria_no_55-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3485/portaria_no_55-2024.pdf</t>
   </si>
   <si>
     <t>Fica nomeada para o cargo de Assessora de Comunicação, a senhora TATIANA PIMENTA BARBOSA, conforme a Lei Complementar Municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, § 1º, inciso I, e nos anexos II e V item 1.</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3479/portaria_no_55-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3479/portaria_no_55-2024.pdf</t>
   </si>
   <si>
     <t>Exonerar, a pedido, a partir do dia 11 de março de 2024, o servidor RAFAEL GOMES BORGES, CPF de nº-115.458.156-07, residente na Rua São Vicente nº-317, SL 01, Bairro Alvorada, em Carmo do Paranaíba/MG, conforme a Lei Complementar Municipal de nº-014/2.022, do cargo de ASSESSOR DE COMUNICAÇÃO, cujo cargo vem descrito no art. 9º, § 1º, inciso I, e nos anexos II e V item 1.</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3478/portaria_no_54-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3478/portaria_no_54-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Lucas Teixeira Alves, ocupante do Cargo de Motorista, com o percentual de 90% (noventa por cento) sobre seu vencimento base do dia 1º de março de 2024 à 31 de dezembro de 2024, por assumir a função de Fiscal de Contratos.</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3477/portaria_no_53-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3477/portaria_no_53-2024.pdf</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3476/portaria_no_52-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3476/portaria_no_52-2024.pdf</t>
   </si>
   <si>
     <t>Fica revogada integralmente a Portaria nº 17 de 02 de janeiro de 2024.</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3475/portaria_no_51-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3475/portaria_no_51-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Lucília Helena Moreira, ocupante do Cargo de Serviços Gerais, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de março a 31 de dezembro de 2024, pela participação nas equipes de apoio do Agente de Contratação e Pregoeiro.</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3474/portaria_no_50-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3474/portaria_no_50-2024.pdf</t>
   </si>
   <si>
     <t>Designar como Pregoeiro e equipe de apoio.</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3473/portaria_no_49-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3473/portaria_no_49-2024.pdf</t>
   </si>
   <si>
     <t>Designar como Agente de Contratações e a equipe de apoio.</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3472/portaria_no_48-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3472/portaria_no_48-2024.pdf</t>
   </si>
   <si>
     <t>Concede o 6º (sexto) quinquênio à servidora Dilza Faria de Andrade, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3471/portaria_no_47-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3471/portaria_no_47-2024.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 2019/2024, bem como autorizada a sua conversão em espécie dos 3 (três) meses, concedido em favor da servidora Dilza Faria de Andrade, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3470/portaria_no_46-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3470/portaria_no_46-2024.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 2014/2019, bem como autorizada a sua conversão em espécie dos 3 (três) meses, concedido em favor da servidora Dilza Faria de Andrade, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3469/portaria_no_45-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3469/portaria_no_45-2024.pdf</t>
   </si>
   <si>
     <t>Concede adicional trintenário à servidora Dilza Faria de Andrade, em atendimento ao disposto no Art. 73 da Lei Complementar Municipal de nº-014/2022.</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3468/portaria_no_44-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3468/portaria_no_44-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora Dilza Faria de Andrade, passando para o grau “I” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3467/portaria_no_43-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3467/portaria_no_43-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor TIAGO EMIDIO TEIXEIRA DA SILVA do grau E para G, ficando disposto na tabela (Nível IV, Grau G) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3466/portaria_no_42-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3466/portaria_no_42-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor TIAGO EMIDIO TEIXEIRA DA SILVA do grau C para E, ficando disposto na tabela (Nível IV, Grau E) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3465/portaria_no_41-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3465/portaria_no_41-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor TIAGO EMIDIO TEIXEIRA DA SILVA do grau A para C, ficando disposto na tabela (Nível IV, Grau C) de vencimentos dos servidores efetivos da Câmara Municipal e concede o 1º (primeiro) e o 2º (segundo) quinquênio ao servidor TIAGO EMIDIO TEIXEIRA DA SILVA, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3459/portaria_no_40_-_cm.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3459/portaria_no_40_-_cm.pdf</t>
   </si>
   <si>
     <t>PRORROGA o prazo do sr. ALANA DE MELO TEIXEIRA para tomar posse e para o início do exercício do cargo de Oficial Legislativo, por mais 30 dias, conforme solicitado pelo candidato, nos termos do item 17.6 do Edital Normativo 01/2023.</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3458/portaria_no_39_-_cm.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3458/portaria_no_39_-_cm.pdf</t>
   </si>
   <si>
     <t>PRORROGA o prazo do sr. SILVANIO GOMES CAMACHO para tomar posse e para o início do exercício do cargo de Contador, por mais 30 dias, conforme solicitado pelo candidato, nos termos do item 17.6 do Edital Normativo 01/2023.</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3457/portaria_no_38-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3457/portaria_no_38-2024.pdf</t>
   </si>
   <si>
     <t>Ficam nomeadas as Comissões Permanentes da Câmara Municipal de Carmo do Paranaíba – Sessão Legislativa de 2024.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3456/portaria_no_37-2023_-_nomeacao_assessora.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3456/portaria_no_37-2023_-_nomeacao_assessora.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Assessora Parlamentar, a senhora JULIANE MARIA XAVIER REIS.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3455/portaria_no_36-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3455/portaria_no_36-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor TIAGO EMIDIO TEIXEIRA DA SILVA, ocupante do Cargo de Oficial Legislativo, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base do dia 1º de fevereiro de 2024 à 31 de dezembro de 2024, pela participação em comissão.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3454/portaria_no_35-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3454/portaria_no_35-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora CÁTIA SILENE DA CRUZ SILVA, passando para o grau “I” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3453/portaria_no_34-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3453/portaria_no_34-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora DILZA FARIA DE ANDRADE do grau F para H, ficando disposto na tabela (Nível V, Grau H) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3452/portaria_no_33-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3452/portaria_no_33-2024.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 01 de dezembro de 2018 e 30 de novembro de 2023, bem como autorizada a sua conversão em espécie dos 3 (três) meses restantes, concedido em favor da servidora Glenise Melo Viotti, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3451/portaria_no_32-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3451/portaria_no_32-2024.pdf</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3450/portaria_no_31-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3450/portaria_no_31-2024.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão responsável pelos bens do Almoxarifado da Câmara Municipal de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3449/portaria_no_30-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3449/portaria_no_30-2024.pdf</t>
   </si>
   <si>
     <t>Designar o Pregoeiro e equipe de apoio para julgar e conduzir os Processos Licitatórios na Modalidade Pregão, da Câmara Municipal de Carmo do Paranaíba/MG.</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3448/portaria_no_29-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3448/portaria_no_29-2024.pdf</t>
   </si>
   <si>
     <t>Designar a Agente de Contratações e sua equipe de apoio para julgar e conduzir os Processos Licitatórios, da Câmara Municipal de Carmo do Paranaíba/MG.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3447/portaria_no_28-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3447/portaria_no_28-2024.pdf</t>
   </si>
   <si>
     <t>Fica publicado o Calendário de Contratações, para o exercício financeiro de 2024, no âmbito da Câmara Municipal de Carmo do Paranaíba, em conformidade com o anexo desta portaria.</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3446/portaria_no_27-2023_-_gratificacao.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3446/portaria_no_27-2023_-_gratificacao.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Janiele Alves dos Reis, ocupante do Cargo de Auxiliar Legislativo, com o percentual de 70% (setenta por cento) sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2024, pela participação como Chefe da Divisão de Compras da Câmara Municipal de Carmo do Paranaíba (MG).</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3445/portaria_no_26-2023_-_gratificacao.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3445/portaria_no_26-2023_-_gratificacao.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Luana Nunes Vieira, ocupante do Cargo de Oficial Legislativo, com o percentual de 75% (setenta e cinco por cento) sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2024, pelo exercício das funções de Chefe da Divisão de Licitações e Contratos.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3437/portaria_no_25-2023_-_comissao_especial_recesso.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3437/portaria_no_25-2023_-_comissao_especial_recesso.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá analisar as matérias legislativas citadas, tanto quanto à constitucionalidade, quanto ao mérito e assim ofertar pareceres de constitucionalidade e de mérito a respeito das proposições durante o recesso parlamentar.</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3436/portaria_no_24-2024_-_convocacao_thomas_-_oficial.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3436/portaria_no_24-2024_-_convocacao_thomas_-_oficial.pdf</t>
   </si>
   <si>
     <t>CONVOCAR e NOMEAR o candidato THOMAS HENRIQUE AUGUSTO, aprovado em terceiro lugar no cargo de Oficial Legislativo, do Concurso Público 01/2023, para tomar posse no referido cargo, no prazo máximo de 30 (trinta) dias, a contar da data da publicação desta Portaria, prorrogável por mais 30 (trinta) dias, nos termos do item 17.6 do Edital Normativo 01/2023.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3435/portaria_no_23-2024_-_convocacao_alana_-_oficial.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3435/portaria_no_23-2024_-_convocacao_alana_-_oficial.pdf</t>
   </si>
   <si>
     <t>CONVOCAR e NOMEAR a candidata ALANA DE MELO TEIXEIRA, aprovada em segundo lugar no cargo de Oficial Legislativo, do Concurso Público 01/2023, para tomar posse no referido cargo, no prazo máximo de 30 (trinta) dias, a contar da data da publicação desta Portaria, prorrogável por mais 30 (trinta) dias, nos termos do item 17.6 do Edital Normativo 01/2023.</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3434/portaria_no_22-2024_-_convocacao_tiago_-oficial.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3434/portaria_no_22-2024_-_convocacao_tiago_-oficial.pdf</t>
   </si>
   <si>
     <t>CONVOCAR e NOMEAR o candidato TIAGO EMIDIO TEIXEIRA DA SILVA, aprovado em primeiro lugar no cargo de Oficial Legislativo, do Concurso Público 01/2023, para tomar posse no referido cargo, no prazo máximo de 30 (trinta) dias, a contar da data da publicação desta Portaria, prorrogável por mais 30 (trinta) dias, nos termos do item 17.6 do Edital Normativo 01/2023.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3433/portaria_no_21-2024_-_convocacao_silvanio_-contador.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3433/portaria_no_21-2024_-_convocacao_silvanio_-contador.pdf</t>
   </si>
   <si>
     <t>CONVOCAR e NOMEAR o candidato SILVANIO GOMES CAMACHO, aprovado em primeiro lugar no cargo de Consultor Contábil – Contador, do Concurso Público 01/2023, para tomar posse no referido cargo, no prazo máximo de 30 (trinta) dias, a contar da data da publicação desta Portaria, prorrogável por mais 30 (trinta) dias, nos termos do item 17.6 do Edital Normativo 01/2023.</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3432/portaria_no_20-2023_-_homologacao_do_concurso_publico.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3432/portaria_no_20-2023_-_homologacao_do_concurso_publico.pdf</t>
   </si>
   <si>
     <t>Fica homologado o Resultado Final do Concurso Público nº 01/2023 da Câmara Municipal de Carmo do Paranaíba realizado na data do dia 17 de dezembro de 2023.</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3431/portaria_no_19-2023_-_calendario_das_reunioes_ordinarias.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3431/portaria_no_19-2023_-_calendario_das_reunioes_ordinarias.pdf</t>
   </si>
   <si>
     <t>CALENDÁRIO OFICIAL DAS REUNIÕES ORDINÁRIAS – NO ANO 2024.</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3430/portaria_no_18-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3430/portaria_no_18-2024.pdf</t>
   </si>
   <si>
     <t>Designa como Chefe da Divisão de Compras da Câmara Municipal de Carmo do Paranaíba/MG, a servidora Janiele Alves dos Reis, ocupante do Cargo de Auxiliar Legislativo.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3429/portaria_no_17-2023_-_gratificacao_lucas.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3429/portaria_no_17-2023_-_gratificacao_lucas.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Lucas Teixeira Alves, ocupante do Cargo de Motorista, com o percentual de 90% (noventa por cento) sobre seu vencimento base do dia 1º de janeiro de 2024 à 31 de dezembro de 2024, por assumir a elaboração e coordenação da folha de pagamentos da Câmara Municipal de Carmo do Paranaíba, pela realização de escrituração fiscal digital – E-Social.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3428/portaria_no_16-2023_-_gratificacao_catia.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3428/portaria_no_16-2023_-_gratificacao_catia.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Cátia Silene da Cruz, ocupante do Cargo de Serviços Gerais, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de janeiro a 31 de janeiro de 2024.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3427/portaria_no_15-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3427/portaria_no_15-2024.pdf</t>
   </si>
   <si>
     <t>Designa como Chefe da Divisão de Licitações e Contratos da Câmara Municipal de Carmo do Paranaíba/MG, a servidora Luana Nunes Vieira, ocupante do Cargo de Oficial Legislativo.</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3426/portaria_no_14-2023_-_gratificacao_dilza.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3426/portaria_no_14-2023_-_gratificacao_dilza.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função a servidora Dilza Faria de Andrade, ocupante do Cargo de Assistente Contábil, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base.</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3425/portaria_no_13-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3425/portaria_no_13-2024.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função a servidora Daiane Aparecida Lima Oliveira, ocupante do Cargo de Recepcionista, com o percentual de 75% (setenta e cinco por cento) sobre seu vencimento base.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3424/portaria_no_12-2023_-_gratificacao_guilherme.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3424/portaria_no_12-2023_-_gratificacao_guilherme.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Guilherme da Silva Ordones, ocupante do Cargo de Consultor Legislativo/Advogado, com o percentual de 60% (sessenta por cento) sobre seu vencimento base.</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3423/portaria_no_11-2023_-_composicao_escola_do_legislativo.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3423/portaria_no_11-2023_-_composicao_escola_do_legislativo.pdf</t>
   </si>
   <si>
     <t>Fica composta a estrutura da Escola do Legislativo da Câmara Municipal de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3422/portaria_no_10-2024_-_anexo_novo.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3422/portaria_no_10-2024_-_anexo_novo.pdf</t>
   </si>
   <si>
     <t>Publica o Plano de Contratações Anual de 2024, no âmbito do Poder Legislativo do Município de Carmo do Paranaíba e dá outras providências.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3421/portaria_no_09-2024..pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3421/portaria_no_09-2024..pdf</t>
   </si>
   <si>
     <t>Fixa marco temporal para a aplicação do regime de licitações das Leis Federais n. 8.666/93 e 10.520/2002, no âmbito do Poder Legislativo do Município de Carmo do Paranaíba e dá outras providências.</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3420/portaria_no_08-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3420/portaria_no_08-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre controles internos, gestão de risco e matriz de riscos, no âmbito do Poder Legislativo do Município de Carmo do Paranaíba, de acordo com a Lei Federal nº 14.133/2021.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3419/portaria_no_07-2024_compressed.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3419/portaria_no_07-2024_compressed.pdf</t>
   </si>
   <si>
     <t>Regulamenta o procedimento auxiliar de pré-qualificação de materiais, o processo administrativo de padronização de materiais e o processo administrativo de avaliação de marca, no âmbito do Poder Legislativo do Município de Carmo do Paranaíba, de acordo com a Lei Federal nº 14.133/2023.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3418/portaria_no_06-2024-compactado.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3418/portaria_no_06-2024-compactado.pdf</t>
   </si>
   <si>
     <t>Estabelece normas sobre a aplicação de sanções administrativas em razão de ilícitos cometidos em licitações e contratações realizadas pelo Poder Legislativo do Município de Carmo do Paranaíba, previstas nas Leis Federais 14.133/2021 (Lei de Licitações e Contratos Administrativos) e 12.846/ 2013 (Lei Anticorrupção).</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3417/portaria_no_05-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3417/portaria_no_05-2024.pdf</t>
   </si>
   <si>
     <t>Estabelece normas para formalização, execução, gestão, fiscalização, alteração, pagamento e extinção dos contratos administrativos ou instrumentos equivalentes celebrados pelo Poder Legislativo do Município de Carmo do Paranaíba, de acordo com a Lei Federal nº 14.133/2021.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3416/portaria_no_04-2024-compactado.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3416/portaria_no_04-2024-compactado.pdf</t>
   </si>
   <si>
     <t>Regulamenta a realização de processos licitatórios e dos procedimentos auxiliares de sistema de registro de preços e credenciamento no âmbito do Poder Legislativo do Município de Carmo do Paranaíba – MG, de acordo com a Lei Federal nº 14.133/2021.</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3415/portaria_no_03-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3415/portaria_no_03-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os regulamentos da fase preparatória de compras, licitações, locações e serviços, no âmbito do Poder Legislativo do Município de Carmo do Paranaíba – MG, de acordo com a Lei Federal nº 14.133/2021.</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3414/portaria_no_02-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3414/portaria_no_02-2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta o disposto no art. 20 da Lei nº 14.133, de 1º de abril de 2021, para o enquadramento dos bens de consumo nas categorias de qualidade comum e de luxo, no âmbito do Poder Legislativo do Município de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3413/portaria_no_01-2024.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3413/portaria_no_01-2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta o planejamento das contratações públicas, institui o Plano de Contratações Anual e o Catálogo Eletrônico de Padronização de Compras e Serviços, no âmbito do Poder Legislativo do Município de Carmo do Paranaíba – MG, de acordo com a Lei Federal n. 14.133/2021.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3406/portaria_no_077-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3406/portaria_no_077-2023.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores em Tesouraria, referente ao encerramento do exercício de 2023.</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3405/portaria_no_076-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3405/portaria_no_076-2023.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores dos Bens Patrimoniais em Uso, Estocados, Cedidos e Recebidos em cessão, inclusive imóveis, referente ao encerramento do exercício de 2023.</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3404/portaria_no_075-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3404/portaria_no_075-2023.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores das Contas Representativas dos Atos Potenciais Ativos e Passivos, referente ao encerramento do exercício de 2023.</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3403/portaria_no_074-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3403/portaria_no_074-2023.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores do Passivo Circulante e Não Circulante referente ao encerramento do exercício de 2023.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3402/portaria_no_073-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3402/portaria_no_073-2023.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores dos Materiais em Almoxarifado, referente ao encerramento do exercício de 2023.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3401/portaria_no_072-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3401/portaria_no_072-2023.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagem de Veto nº 20/2023.</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3398/portaria_no_071-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3398/portaria_no_071-2023.pdf</t>
   </si>
   <si>
     <t>Ficam dispensados das atividades habituais todos os (as) servidores (as) deste Poder Legislativo no dia 21 (quinta-feira), 22 (sexta-feira), 28 (quinta-feira) e 29 (sexta-feira) de dezembro de 2023.</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3397/portaria_no_70-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3397/portaria_no_70-2023.pdf</t>
   </si>
   <si>
     <t>Concede o 6º (sexto) quinquênio à servidora GLENISE MELO VIOTTI, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3396/portaria_69-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3396/portaria_69-2023.pdf</t>
   </si>
   <si>
     <t>Concede adicional trintenário à servidora GLENISE MELO VIOTTI, em atendimento ao disposto no Art. 73 da Lei Complementar Municipal de nº-014/2022.</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3388/portaria_no_068-2023_-_expediente_dos_dias_16_e_17-11.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3388/portaria_no_068-2023_-_expediente_dos_dias_16_e_17-11.pdf</t>
   </si>
   <si>
     <t>Fica excepcionalmente definido o expediente dos servidores da Câmara Municipal nos dias 16/11 (quinta-feira) e 17/11 (sexta-feira).</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3387/portaria_no_067-2023_-_revoga_portaria_32.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3387/portaria_no_067-2023_-_revoga_portaria_32.pdf</t>
   </si>
   <si>
     <t>Fica revogada integralmente a Portaria nº 32 de 17 de março de 2023.</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3373/portaria_no_066-2023_-_comissao_especial_dos_decretos_legislativos.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3373/portaria_no_066-2023_-_comissao_especial_dos_decretos_legislativos.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre os Projetos de Decretos Legislativos nº 02, 03, 04, 05, 06, 07 e 08/2023.</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3372/portaria_no_065-2023_-_comissao_especial_das_mensagens_de_veto_16_a_19.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3372/portaria_no_065-2023_-_comissao_especial_das_mensagens_de_veto_16_a_19.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagens de Vetos nº 16, 17, 18 e 19/2023.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3352/portaria_no_064-2023_-_progressao_guilherme_-_t.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3352/portaria_no_064-2023_-_progressao_guilherme_-_t.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor GUILHERME DA SILVA ORDONES do grau R para T, ficando disposto na tabela (Nível VI, Grau T) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3351/portaria_no_63-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3351/portaria_no_63-2023.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor Guilherme da Silva Ordones, passando para o grau “R” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3346/portaria_no_062-2023_-_ce.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3346/portaria_no_062-2023_-_ce.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagens de Vetos nº 13, 14 e 15/2023.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3325/portaria_no_61-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3325/portaria_no_61-2023.pdf</t>
   </si>
   <si>
     <t>Fica revogada a Portaria nº 33 de 17 de março de 2023, a pedido do servidor Lucas Teixeira Alves e fica concedida gratificação de função ao servidor Lucas Teixeira Alves, ocupante do Cargo de Motorista, com o percentual de 90% (noventa por cento) sobre seu vencimento base do dia 1º de julho de 2023 à 31 de dezembro de 2023.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3321/portaria_no_060-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3321/portaria_no_060-2023.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 2018/2023, bem como autorizada a sua conversão em espécie dos 2 (dois) meses restantes, concedido em favor da servidora Daiane Aparecida Lima Oliveira, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3320/portaria_no_059-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3320/portaria_no_059-2023.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois porcentos) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 ao servidor Guilherme da Silva Ordones.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3319/portaria_no_058-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3319/portaria_no_058-2023.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois porcentos) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 à servidora Luana Nunes Vieira.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Fica constituída Comissão encarregada de promover, supervisionar e acompanhar o Processo Seletivo Simplificado da Câmara Municipal, nº 01/2023.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3317/portaria_no_056-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3317/portaria_no_056-2023.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Cátia Silene da Cruz, ocupante do Cargo de Serviços Gerais, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de julho a 31 de dezembro de 2023, pela participação em outras Comissões do interesse da Câmara Municipal, em especial a Comissão encarregada de promover, supervisionar e acompanhar o concurso público municipal do Poder Legislativo, nº 01/2023.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3316/portaria_no_55-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3316/portaria_no_55-2023.pdf</t>
   </si>
   <si>
     <t>Fica constituída Comissão encarregada de promover, supervisionar e acompanhar o concurso público municipal do Poder Legislativo, nº 01/2023.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3313/portaria_no_054-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3313/portaria_no_054-2023.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagens de Vetos nº 08, 09, 10, 11 e 12/2023 na reunião extraordinária posteriormente marcada.</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3312/portaria_no_053-2023_-.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3312/portaria_no_053-2023_-.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 2018/2023, bem como autorizada a sua conversão em espécie de 1 (um) mês concedido, em favor da servidora Daiane Aparecida Lima Oliveira, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3311/portaria_no_052-2023_-.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3311/portaria_no_052-2023_-.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois porcentos) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 à servidora Janiele Alves dos Reis.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3310/portaria_no_051-2023_-.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3310/portaria_no_051-2023_-.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor Lucas Teixeira Alves, passando para o grau “Q” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3299/portaria_no_050-2023_-_diarias.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3299/portaria_no_050-2023_-_diarias.pdf</t>
   </si>
   <si>
     <t>Ficam os valores constantes do ANEXO I da Lei Municipal nº 2.512 de 27 de março de 2019, atualizados com vigência até 31 de maio de 2024.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3298/portaria_no-_49-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3298/portaria_no-_49-2023.pdf</t>
   </si>
   <si>
     <t>Ficam integralmente revogadas TODAS as Portarias da Câmara Municipal de Carmo do Paranaíba (MG) referentes à COVID-19 sejam elas sob os nº 15, 16, 17, 18, 19 e 20/2020 e 14, 15, 17, 19, 20, 23, 24 e 25/2021.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3293/portaria_no_048-2023_-_nomeacao_diretor_de_comunicacao.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3293/portaria_no_048-2023_-_nomeacao_diretor_de_comunicacao.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Diretor de Comunicação, o senhor VITOR HUGO RODRIGUES SANTO.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3292/portaria_no_047-2023_-_2_lucas.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3292/portaria_no_047-2023_-_2_lucas.pdf</t>
   </si>
   <si>
     <t>Fica concedido o acréscimo de 2% (dois por cento) sobre o vencimento básico, tendo como referência o grau em que esteja, nos termos do art. 33 da Lei Complementar nº 14/2022 ao servidor LUCAS TEIXEIRA ALVES.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3291/portaria_no_046-2023_-_2_daiane.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3291/portaria_no_046-2023_-_2_daiane.pdf</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3290/portaria_no_045-2023_-_progressao_guilherme_-_q.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3290/portaria_no_045-2023_-_progressao_guilherme_-_q.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor GUILHERME DA SILVA ORDONES do grau O para Q.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3289/portaria_no_044-2023_-_progressao_guilherme.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3289/portaria_no_044-2023_-_progressao_guilherme.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor GUILHERME DA SILVA ORDONES do grau M para O.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3288/portaria_no_043-2023_-_ce.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3288/portaria_no_043-2023_-_ce.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagens de Vetos nº 05, 06 e 07/2023.</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3274/portaria_no_042-2023_-_novas_datas_reunioes_ordinarias.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3274/portaria_no_042-2023_-_novas_datas_reunioes_ordinarias.pdf</t>
   </si>
   <si>
     <t>As novas datas das reuniões ordinárias da Câmara Municipal de Carmo do Paranaíba, no decorrer da Sessão Legislativa de 2023, serão realizadas em conformidade com art. 56 da LOM.</t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3273/portaria_no_041-2023_-_exonera_pablo.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3273/portaria_no_041-2023_-_exonera_pablo.pdf</t>
   </si>
   <si>
     <t>Exonera, a pedido, a partir do dia 11 de maio de 2023, o servidor PABLO OLIVEIRA BARCELOS, conforme a Lei Complementar Municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, § 1º, inciso V, e nos anexos II e V item 5.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3272/portaria_no_040-2023_-_comissao_de_patrimonio.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3272/portaria_no_040-2023_-_comissao_de_patrimonio.pdf</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3269/portaria_no_039-2023_-_ce_-_mensagem_de_veto_04.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3269/portaria_no_039-2023_-_ce_-_mensagem_de_veto_04.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagem de Veto nº 04/2023 na reunião extraordinária posteriormente marcada.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3268/portaria_no_038-2023_-.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3268/portaria_no_038-2023_-.pdf</t>
   </si>
   <si>
     <t>Fica excepcionalmente definido o expediente dos servidores da Câmara Municipal no dia 28 de abril de 2023 compreendido das 12h às 16h, em virtude da dedetização periódica da área interna e externa do prédio da Câmara Municipal na data do dia 28 de abril de 2023;</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3267/portaria_no_037-2023_-_progressao_luana_-_q.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3267/portaria_no_037-2023_-_progressao_luana_-_q.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora LUANA NUNES VIEIRA do grau O para Q, ficando disposto na tabela (Nível IV, Grau Q) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3266/portaria_no_036-2023_-_nomeia_kiara.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3266/portaria_no_036-2023_-_nomeia_kiara.pdf</t>
   </si>
   <si>
     <t>Fica nomeada para o cargo de Assessora da Mesa Diretora, a senhora KIARA GOMES DE MENDONÇA, conforme a Lei Complementar Municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, § 1º, inciso II, e nos anexos II e V item 2.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3265/portaria_no_035-2023_-.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3265/portaria_no_035-2023_-.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor GUILHERME DA SILVA ORDONES do grau K para M, ficando disposto na tabela (Nível VI, Grau M) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3264/portaria_no_034-2023_-.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3264/portaria_no_034-2023_-.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora LUANA NUNES VIEIRA do grau M para O, ficando disposto na tabela (Nível IV, Grau O) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3249/portaria_no_033-2023_-.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3249/portaria_no_033-2023_-.pdf</t>
   </si>
   <si>
     <t>Fica revogada a Portaria nº 09 de 11 de janeiro de 2023, a pedido do servidor Lucas Teixeira Alves.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3245/portaria_no_032-2023_-_marco_temporal_licitacao.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3245/portaria_no_032-2023_-_marco_temporal_licitacao.pdf</t>
   </si>
   <si>
     <t>Fixa marco temporal para aplicação do regime de licitações das Leis Federais nº 8.666/93 e 10.520/02, no âmbito do Poder Legislativo do Município de Carmo do Paranaíba e dá outras providências.</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3244/portaria_no_031-2023_-_nomeia_ce.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3244/portaria_no_031-2023_-_nomeia_ce.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagem de Veto nº 02 e 03/2023.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3243/portaria_no_030-2023_-_nomeia_rafael.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3243/portaria_no_030-2023_-_nomeia_rafael.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Assessor de Comunicação, o senhor RAFAEL GOMES BORGES.</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3242/portaria_no_029-2023_-_nomeia_pablo.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3242/portaria_no_029-2023_-_nomeia_pablo.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Diretor de Comunicação, o senhor PABLO OLIVEIRA BARCELOS.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3241/portaria_no_028-2023_-_revoga_portaria_12.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3241/portaria_no_028-2023_-_revoga_portaria_12.pdf</t>
   </si>
   <si>
     <t>Fica revogada a Portaria nº 12 de 12 de janeiro de 2023, a pedido da servidora Dilza Faria de Andrade.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3166/portaria_no_027-2023_-_exonera_pablo.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3166/portaria_no_027-2023_-_exonera_pablo.pdf</t>
   </si>
   <si>
     <t>Exonerar, a partir do dia 28 de fevereiro de 2023, o servidor PABLO OLIVEIRA BARCELOS do cargo de Assessor Parlamentar.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3165/portaria_no_026-2023_-_progressao_2o_quinquenio.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3165/portaria_no_026-2023_-_progressao_2o_quinquenio.pdf</t>
   </si>
   <si>
     <t>Concede o 2º (segundo) quinquênio à servidora DAIANE APARECIDA LIMA OLIVEIRA, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3164/portaria_no_025-2023_-_progressao_janiele.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3164/portaria_no_025-2023_-_progressao_janiele.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora JANIELE ALVES DOS REIS, passando do grau P para R, ficando disposto na tabela (Nível II, Grau R) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3163/portaria_no_024-2023_-_progressao_janiele.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3163/portaria_no_024-2023_-_progressao_janiele.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora JANIELE ALVES DOS REIS, passando do grau N para P, ficando disposto na tabela (Nível II, Grau P) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3162/portaria_no_023-2023_-_progressao_lucas.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3162/portaria_no_023-2023_-_progressao_lucas.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor LUCAS TEIXEIRA ALVES passando do grau N para P, ficando disposto na tabela (Nível IV, Grau P) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3161/portaria_no_022-2023_-_progressao_daiane.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3161/portaria_no_022-2023_-_progressao_daiane.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora DAIANE APARECIDA LIMA OLIVEIRA, passando do grau N para P, ficando disposto na tabela (Nível III, Grau P) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3160/portaria_no_021-2023_-_progressao_daiane.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3160/portaria_no_021-2023_-_progressao_daiane.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora DAIANE APARECIDA LIMA OLIVEIRA, passando do grau L para N, ficando disposto na tabela (Nível III, Grau N) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3159/portaria_no_020-2023_-_progressao_daiane.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3159/portaria_no_020-2023_-_progressao_daiane.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora DAIANE APARECIDA LIMA OLIVEIRA, passando do grau J para L, ficando disposto na tabela (Nível III, Grau L) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3158/portaria_no_019-2023_-.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3158/portaria_no_019-2023_-.pdf</t>
   </si>
   <si>
     <t>Comissões Permanentes da Câmara Municipal para o ano de 2023.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3157/portaria_no_018-2023_-_ferias_premio_lucilia.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3157/portaria_no_018-2023_-_ferias_premio_lucilia.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 2018/2023, bem como autorizada a sua conversão em espécie para o seu pagamento dos 3 (três) meses concedidos, em favor da servidora Lucília Helena Moreira, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3156/portaria_no_017-2023_-__quinquenio_lucilia.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3156/portaria_no_017-2023_-__quinquenio_lucilia.pdf</t>
   </si>
   <si>
     <t>Concede o 2º (segundo) quinquênio à servidora Lucília Helena Moreira, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3155/portaria_no_016-2023_-_progressao_janiele.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3155/portaria_no_016-2023_-_progressao_janiele.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora JANIELE ALVES DOS REIS, passando da Classe C para D, ficando disposto na tabela (nível 8, classe D) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3154/portaria_no_015-2023_-.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3154/portaria_no_015-2023_-.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora LUANA NUNES VIEIRA da Classe C para D, ficando disposto na tabela (nível 7, classe D) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3153/portaria_no_014-2023_-_progressao_lucas.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3153/portaria_no_014-2023_-_progressao_lucas.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor LUCAS TEIXEIRA ALVES passando da Classe D para classe E, ficando disposto na tabela (nível 6, classe E) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3152/portaria_no_013-2023_-_progressao_daiane.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3152/portaria_no_013-2023_-_progressao_daiane.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora Daiane Aparecida Lima Oliveira, admitida em 01 de fevereiro de 2013, passando da Classe B para classe C, ficando disposto na tabela (nível 6, classe C) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3142/portaria_no_012-2023_-__gratificacao_dilza.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3142/portaria_no_012-2023_-__gratificacao_dilza.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função a servidora Dilza Faria de Andrade, ocupante do Cargo de Assistente Contábil, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base do dia 1º de janeiro de 2023 à 31 de dezembro de 2023, pela realização de escrituração fiscal digital – E-Social.</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3141/portaria_no_011-2023_-__gratificacao_guilherme.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3141/portaria_no_011-2023_-__gratificacao_guilherme.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Guilherme da Silva Ordones, ocupante do Cargo de Consultor Legislativo/Advogado, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base do dia 1º de janeiro de 2023 à 31 de dezembro de 2023, pelo desempenho de seu trabalho em reuniões ordinárias, extraordinárias e solenes da Câmara Municipal de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3140/portaria_no_010-2023_-__gratificacao_daiane.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3140/portaria_no_010-2023_-__gratificacao_daiane.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função a servidora Daiane Aparecida Lima Oliveira, ocupante do Cargo de Recepcionista, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base do dia 1º de janeiro de 2023 à 31 de dezembro de 2023, pelo apoio na Secretaria para confecção das atas, ofícios e inserção de dados e documentos no SAPL (Sistema de Apoio ao Processo Legislativo).</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3139/portaria_no_09-2023.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3139/portaria_no_09-2023.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Lucas Teixeira Alves, ocupante do Cargo de Motorista, com o percentual de 80% (oitenta por cento) sobre seu vencimento base do dia 1º de janeiro de 2023 à 31 de dezembro de 2023, por assumir a elaboração e coordenação da folha de pagamentos da Câmara Municipal de Carmo do Paranaíba e também a função de Fiscal de Contratos e suas atribuições.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3138/portaria_no_008-2023_-__gratificacao_janiele.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3138/portaria_no_008-2023_-__gratificacao_janiele.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Janiele Alves dos Reis, ocupante do Cargo de Auxiliar Legislativo, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2023, pela participação como membro da Equipe de Apoio do Pregoeiro.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3137/portaria_no_007-2023_-__gratificacao_lucilia.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3137/portaria_no_007-2023_-__gratificacao_lucilia.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Lucília Helena Moreira, ocupante do Cargo de Serviços Gerais, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2023, pela participação na Comissão Permanente de Licitação da Câmara Municial de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3136/portaria_no_006-2023_-__gratificacao_luana.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3136/portaria_no_006-2023_-__gratificacao_luana.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Luana Nunes Vieira, ocupante do Cargo de Oficial Legislativo, com o percentual de 75% (setenta e cinco por cento) sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2023, pela participação como Presidente da Comissão Permanente de Licitação e exercício da função de pregoeira.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3135/portaria_no_005-2023_-__calendario_reunioes_ordinarias.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3135/portaria_no_005-2023_-__calendario_reunioes_ordinarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Calendário Oficial das Reuniões Ordinárias no ano de 2023.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3134/portaria_no_004-2023_-__comissao_especial_recesso.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3134/portaria_no_004-2023_-__comissao_especial_recesso.pdf</t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3133/portaria_no_003-2023_-__exoneracao_alisson.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3133/portaria_no_003-2023_-__exoneracao_alisson.pdf</t>
   </si>
   <si>
     <t>Exonera, a pedido, a partir do dia 05 de janeiro de 2023, o servidor ALISSON DOMINGUES FERNANDES do cargo de Assessor da Mesa Diretora.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3132/portaria_no_002-2023_-__pregoeiro.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3132/portaria_no_002-2023_-__pregoeiro.pdf</t>
   </si>
   <si>
     <t>Designa Pregoeiro para julgar e conduzir os Processos Licitatórios na Modalidade Pregão, da Câmara Municipal de Carmo do Paranaíba/MG e designa a Equipe de Apoio.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3131/portaria_no_001-2023_-__comissao_permanente_de_licitacao.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3131/portaria_no_001-2023_-__comissao_permanente_de_licitacao.pdf</t>
   </si>
   <si>
     <t>Fica constituída, nos termos do Art. 6º inciso XVI, e Art. 51 da Lei Federal nº 8.666/93, a Comissão Permanente de Licitação da Câmara Municipal de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3130/portaria_no_082-2022_-_26_dezembro_2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3130/portaria_no_082-2022_-_26_dezembro_2022.pdf</t>
   </si>
   <si>
     <t>Concede o 2º (segundo) quinquênio ao servidor Diego Gontijo Veloso, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3126/portaria_no_081-2022_-_21_dezembro_2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3126/portaria_no_081-2022_-_21_dezembro_2022.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre o Projeto de Decreto Legislativo nº 15/2022.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3112/portaria_no_080-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3112/portaria_no_080-2022.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora LUANA NUNES VIEIRA, ficando disposto na tabela (nível 7, classe C) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3111/portaria_no_079-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3111/portaria_no_079-2022.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora JANIELE ALVES DOS REIS, ficando disposto na tabela (nível 8, classe C) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3110/portaria_no_078-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3110/portaria_no_078-2022.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores em Tesouraria, referente ao encerramento do exercício de 2022, e em atendimento ao Comunicado SICOM Nº 28/2019 do Tribunal de Contas do Estado de Minas Gerais, composta pelos seguintes servidores: Diego Gontijo Veloso, Diretor Administrativo Financeiro; Enivaldo Pereira da Silva, vereador e Alvina Gonçalves Azevedo, Secretária Geral.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3109/portaria_no_077-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3109/portaria_no_077-2022.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores dos Bens Patrimoniais em Uso, Estocados, Cedidos e Recebidos em cessão, inclusive imóveis, referente ao encerramento do exercício de 2022, e em atendimento ao Comunicado SICOM Nº 28/2019 do Tribunal de Contas do Estado de Minas Gerais, composta pelos seguintes servidores: Diego Gontijo Veloso, Diretor Administrativo Financeiro; Lucas Teixeira Alves, motorista e Paulo Vitor Cimetta de Deus, Diretor Legislativo.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3108/portaria_no_076-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3108/portaria_no_076-2022.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores das Contas Representativas dos Atos Potenciais Ativos e Passivos, referente ao encerramento do exercício de 2022, e em atendimento ao Comunicado SICOM Nº 28/2019 do Tribunal de Contas do Estado de Minas Gerais, composta pelos seguintes membros: Diego Gontijo Veloso, Diretor Administrativo Financeiro; Lucas Teixeira Alves, motorista e Alvina Gonçalves Azevedo, Secretária Geral.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3107/portaria_no_075-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3107/portaria_no_075-2022.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores do Passivo Circulante e Não Circulante referente ao encerramento do exercício de 2022, e em atendimento ao Comunicado SICOM Nº 28/2019 do Tribunal de Contas do Estado de Minas Gerais, composta pelos seguintes servidores: Diego Gontijo Veloso, Diretor Administrativo Financeiro; Guilherme da Silva Ordones, Consultor Legislativo e Alvina Gonçalves Azevedo, Secretária Geral.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3106/portaria_no_074-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3106/portaria_no_074-2022.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores dos Materiais em Almoxarifado, referente ao encerramento do exercício de 2022, e em atendimento ao Comunicado SICOM Nº 28/2019 do Tribunal de Contas do Estado de Minas Gerais, composta pelos seguintes servidores: Diego Gontijo Veloso, Diretor Administrativo Financeiro; Paulo Vitor Cimetta de Deus, Diretor Legislativo e Lucas Teixeira Alves, motorista.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3105/portaria_no_073-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3105/portaria_no_073-2022.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor LUCAS TEIXEIRA ALVES passando da Classe C para classe D, ficando disposto na tabela (nível 6, classe D) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3104/portaria_no_072-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3104/portaria_no_072-2022.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor GUILHERME DA SILVA ORDONES, passando da Classe A para classe B, ficando disposto na tabela (nível 9, classe B) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3094/portaria_no_071-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3094/portaria_no_071-2022.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Lucas Teixeira Alves, ocupante do Cargo de Motorista, com o percentual de 80% (oitenta por cento) sobre seu vencimento base até a data de 31 de dezembro de 2022, por assumir a elaboração e coordenação da folha de pagamentos da Câmara Municipal de Carmo do Paranaíba e também a função de Fiscal de Contratos e suas atribuições.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3089/portaria_no_070-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3089/portaria_no_070-2022.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre os Projeto de Decretos Legislativo nº 11, 12, 13 e 14/2022.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3088/portaria_no_069-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3088/portaria_no_069-2022.pdf</t>
   </si>
   <si>
     <t>Fica revogada integralmente a Portaria nº 67 de 04 de novembro de 2022.</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3087/portaria_no_068-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3087/portaria_no_068-2022.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagem de Veto nº 06/2022.</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3075/portaria_no_067.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3075/portaria_no_067.pdf</t>
   </si>
   <si>
     <t>Fica excepcionalmente definido o expediente dos servidores da Câmara Municipal em dias de jogos do Brasil na Copa do Mundo.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3074/portaria_no_066-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3074/portaria_no_066-2022.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 2005/2006 e 2009/2022, bem como autorizada a sua conversão em espécie para o seu pagamento dos 3 (três) meses concedidos, em favor da servidora Cátia Silene da Cruz Silva, admitida em 12 de janeiro de 2009, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da Lei Ordinária Municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 14 de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3073/portaria_no_065-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3073/portaria_no_065-2022.pdf</t>
   </si>
   <si>
     <t>Concede o 3º (terceiro) quinquênio à servidora Cátia Silene da Cruz Silva, em atendimento ao disposto no Art. 72 e seu parágrafo único da Lei Complementar Municipal de nº-014/2022 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3072/portaria_no_064-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3072/portaria_no_064-2022.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora Janiele Alves dos Reis, admitida em 22 de janeiro de 2010, passando da Classe A para classe B, ficando disposto na tabela (nível 8, classe B) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3066/portaria_no_063-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3066/portaria_no_063-2022.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Assessor Parlamentar, o senhor PABLO OLIVEIRA BARCELOS conforme a Lei Complementar Municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, § 1º, inciso II, e nos anexos II e V item 2.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3065/portaria_no_062-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3065/portaria_no_062-2022.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando o servidor Lucas Teixeira Alves, admitido em 02 de junho de 2014, passando da Classe B para classe C, ficando disposto na tabela (nível 6, classe C) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3064/portaria_no_061-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3064/portaria_no_061-2022.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata A Lei Complementar nº 14/2022, passando a servidora Daiane Aparecida Lima Oliveira, admitida em 01 de fevereiro de 2013, passando da Classe A para classe B, ficando disposto na tabela (nível 6, classe B) de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3063/portaria_no_060-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3063/portaria_no_060-2022.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata a Lei Complementar nº 14/2022, passando a servidora Luana Nunes Vieira, admitida em 16 de junho de 2010, para o nível 07, passando da Classe A para classe B de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3054/portaria_no_059-2022_-_altera_reuniao_do_dia_13-10.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3054/portaria_no_059-2022_-_altera_reuniao_do_dia_13-10.pdf</t>
   </si>
   <si>
     <t>Fica antecipada a Reunião Ordinária do dia 13 de outubro de 2022 para o dia 06 de outubro de 2022.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3048/portaria_no_058-2022_-_comissao_especial_mveto_5.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3048/portaria_no_058-2022_-_comissao_especial_mveto_5.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagem de Veto nº 05/2022 na reunião extraordinária posteriormente marcada.</t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3043/portaria_no_057-2022_-_comissao_especial_pdl_09_e_10.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3043/portaria_no_057-2022_-_comissao_especial_pdl_09_e_10.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre os Projeto de Decretos Legislativo nº 09 e 10-2022.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3042/portaria_no_056-2022_-_progressao_carreira_kenia.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3042/portaria_no_056-2022_-_progressao_carreira_kenia.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o Art. 23 e seguintes e o Art. 32, da Lei Complementar Municipal nº 14, de 30 de junho de 2022, passando a servidora Kênia Cristina Cunha, admitida em 09 de novembro de 2009, para o Nível 05 e Classe B da tabela de vencimentos da Carreira de Oficial Legislativo da Câmara Municipal.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3041/portaria_no_055-2022_-_progressao_carreira_lucas.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3041/portaria_no_055-2022_-_progressao_carreira_lucas.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o Art. 32, da Lei Complementar Municipal nº 14, de 30 de junho de 2022, passando o servidor Lucas Teixeira Alves, admitido em 02 de junho de 2014, para o nível 6, Classe B, na tabela de vencimentos da carreira de Motorista da Câmara Municipal.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2986/portaria_no_54-2022_-_procedimento_administrativo_para_pagamento.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2986/portaria_no_54-2022_-_procedimento_administrativo_para_pagamento.pdf</t>
   </si>
   <si>
     <t>Estabelece o procedimento administrativo para o pagamento da remuneração dos servidores públicos e dos subsídios dos Vereadores da Câmara Municipal de Carmo do Paranaíba (MG), atendidos os ditames da Lei Complementar Municipal nº 14, de 30 de junho de 2022.</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2985/portaria_no_53-2022_-_gratificacao_guilherme_-_lei_nova.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2985/portaria_no_53-2022_-_gratificacao_guilherme_-_lei_nova.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Guilherme da Silva Ordones, ocupante do Cargo de Consultor Legislativo/Advogado, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de julho a 31 de dezembro de 2022, pelo desempenho de seu trabalho em reuniões ordinárias, extraordinárias e solenes da Câmara Municipal de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2984/portaria_no_52-2022_-_gratificacao_daiane_-_lei_nova.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2984/portaria_no_52-2022_-_gratificacao_daiane_-_lei_nova.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função a servidora Daiane Aparecida Lima Oliveira, ocupante do Cargo de Recepcionista, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de julho a 31 de dezembro de 2022, pelo apoio na Secretaria para confecção das atas, ofícios e inserção de dados e documentos no SAPL (Sistema de Apoio ao Processo Legislativo).</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2983/portaria_no_51-2022_-_gratificacao_lucas_-_lei_nova.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2983/portaria_no_51-2022_-_gratificacao_lucas_-_lei_nova.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função ao servidor Lucas Teixeira Alves, ocupante do Cargo de Motorista, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de julho a 31 de dezembro de 2022, por assumir a elaboração e coordenação da folha de pagamentos da Câmara Municipal de Carmo do Paranaíba</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2982/portaria_no_50-2022_-_gratificacao_janiele_-_lei_nova.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2982/portaria_no_50-2022_-_gratificacao_janiele_-_lei_nova.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Janiele Alves dos Reis, ocupante do Cargo de Auxiliar Legislativo, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de julho a 31 de dezembro de 2022, pela participação como membro da Comissão Permanente de Licitação.</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2981/portaria_no_49-2022_-_gratificacao_lucilia_-_lei_nova.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2981/portaria_no_49-2022_-_gratificacao_lucilia_-_lei_nova.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Lucília Helena Moreira, ocupante do Cargo de Serviços Gerais, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de julho a 31 de dezembro de 2022, pela participação como equipe de apoio ao Pregoeiro.</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2980/portaria_no_48-2022_-_gratificacao_luana_-_lei_nova.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2980/portaria_no_48-2022_-_gratificacao_luana_-_lei_nova.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função à servidora Luana Nunes Vieira, ocupante do Cargo de Oficial Legislativo, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de julho a 31 de dezembro de 2022, pela participação como Presidente da Comissão Permanente de Licitação e exercício da função de pregoeira.</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2971/portaria_no_47-2022_-_nomeia_alisso_domingues_fernandes.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2971/portaria_no_47-2022_-_nomeia_alisso_domingues_fernandes.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Assessor da Mesa Diretora, o senhor ALISSON DOMINGUES FERNANDES, CPF de nº-XXX.XXX.XXX-XX, residente na Rua Miguel Domingues nº-91, Bairro Village Veth, em Carmo do Paranaíba/MG, conforme a Lei Complementar Municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, inciso I, e nos anexos II e V item 1.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2970/portaria_no_46-2022_-_nomeia_paulo_vitor_cimetta.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2970/portaria_no_46-2022_-_nomeia_paulo_vitor_cimetta.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Diretor Legislativo, o senhor PAULO VITOR CIMETTA DE DEUS, CPF de nº-XXX.XXX.XXX-XX, residente na Rua São Pedro nº-21, Bairro Lagoinha, em Carmo do Paranaíba/MG, conforme a Lei complementar municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, inciso IV, e nos anexos II e V item 4.</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2969/portaria_no_45-2022_-_nomeia_diego_gontijo_veloso.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2969/portaria_no_45-2022_-_nomeia_diego_gontijo_veloso.pdf</t>
   </si>
   <si>
     <t>Fica nomeado para o cargo de Diretor Administrativo-Financeiro, o senhor DIEGO GONTIJO VELOSO, CPF de nº-XXX.XXX.XXX-XX, residente na Rua Franklin Mendonça nº-32, Bairro Centro, em Carmo do Paranaíba/MG, conforme a Lei complementar municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, inciso III, e nos anexos II e V item 3.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2968/portaria_no_44-2022_-_nomeia_alvina_goncalves_azevedo.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2968/portaria_no_44-2022_-_nomeia_alvina_goncalves_azevedo.pdf</t>
   </si>
   <si>
     <t>Fica nomeada para o cargo de Secretário(a) Geral da Câmara Municipal de Carmo do Paranaíba, a senhora ALVINA GONÇALVES AZEVEDO, CPF de nº-XXX.XXX.XXX-XX, residente na Rua Augusto Branquinho nº-732, Bairro Alvorada, em Carmo do Paranaíba/MG, conforme a Lei complementar municipal de nº-014/2.022, cujo cargo vem descrito no art. 9º, inciso V, e nos anexos II e V item 5.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2967/portaria_no_43-2022_-_exonera_paulo_vitor_cimetta.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2967/portaria_no_43-2022_-_exonera_paulo_vitor_cimetta.pdf</t>
   </si>
   <si>
     <t>Exonera, a partir do dia 30 de junho de 2022, o servidor PAULO VITOR CIMETTA DE DEUS do cargo de Assessor Parlamentar, previsto na Lei Complementar Municipal nº 012, de 26 de fevereiro de 2019 que “Dispõe sobre a reestruturação do Plano de Cargos, Carreira e Vencimentos dos Servidores da Câmara Municipal de Carmo do Paranaíba, e dá outras providências.”, cujo cargo vem descrito no art. 9º, inciso III, e nos anexos II e VI item 3.</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2966/portaria_no_42-2022_-_exonera_diego_gontijo_veloso.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2966/portaria_no_42-2022_-_exonera_diego_gontijo_veloso.pdf</t>
   </si>
   <si>
     <t>Exonera, a partir do dia 30 de junho de 2022, o servidor DIEGO GONTIJO VELOSO do cargo de Gerente Administrativo-Financeiro, previsto na Lei Complementar Municipal nº 012, de 26 de fevereiro de 2019 que “Dispõe sobre a reestruturação do Plano de Cargos, Carreira e Vencimentos dos Servidores da Câmara Municipal de Carmo do Paranaíba, e dá outras providências.”, cujo cargo vem descrito no art. 9º, inciso II, e nos anexos II e VI item 2.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2965/portaria_no_41-2022_-_exonera__alvina_goncalves_azevedo.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2965/portaria_no_41-2022_-_exonera__alvina_goncalves_azevedo.pdf</t>
   </si>
   <si>
     <t>Exonera, a partir do dia 30 de junho de 2022, a servidora ALVINA GONÇALVES AZEVEDO do cargo de Diretor Geral, previsto na Lei Complementar Municipal nº 012, de 26 de fevereiro de 2019 que “Dispõe sobre a reestruturação do Plano de Cargos, Carreira e Vencimentos dos Servidores da Câmara Municipal de Carmo do Paranaíba, e dá outras providências.”, cujo cargo vem descrito no art. 9º, inciso I, e nos anexos II e VI item 1.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2964/portaria_no_40-2022_-_tabela_diarias_de_viagem.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2964/portaria_no_40-2022_-_tabela_diarias_de_viagem.pdf</t>
   </si>
   <si>
     <t>Ficam os valores constantes do ANEXO I da Lei Municipal nº 2.512 de 27 de março de 2019, atualizados com vigência até 31 de março de 2023.</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2962/portaria_no_39-2022_-_comissao_especial_veto_no_04.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2962/portaria_no_39-2022_-_comissao_especial_veto_no_04.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagem de Veto nº 04/2022.</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2958/portaria_no_38-2022_-_progressao_luana.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2958/portaria_no_38-2022_-_progressao_luana.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o Art. 35, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando a servidora Luana Nunes Vieira.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2957/portaria_no_37-2022_-_comissao_especial_mvto_no_03-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2957/portaria_no_37-2022_-_comissao_especial_mvto_no_03-2022.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagem de Veto nº 03/2022.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o inciso III do § 2º do Art. 39, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando o servidor Lucas Teixeira Alves.</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2950/portaria_no_035-2022_-_progressao_daiane.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2950/portaria_no_035-2022_-_progressao_daiane.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o inciso II do § 3º do Art. 39, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando a servidora Daiane Aparecida Lima Oliveira, admitida em 01 de fevereiro de 2013, para o grau “F” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2949/portaria_no_034-2022_-_comissao_especial_decretos_legislativos.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2949/portaria_no_034-2022_-_comissao_especial_decretos_legislativos.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre os Projeto de Decretos Legislativo nº 04, 05 e 06-2022.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2948/portaria_no_033-2022_-_comissao_especial_mvto_no_02-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2948/portaria_no_033-2022_-_comissao_especial_mvto_no_02-2022.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagem de Veto nº 02/2022.</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2933/portaria_no_032-2022_-_comissao_especial_mvto_no_01-2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2933/portaria_no_032-2022_-_comissao_especial_mvto_no_01-2022.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagem de Veto nº 01/2022.</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2925/portaria_no_031-2022_-_revoga_portaria_24.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2925/portaria_no_031-2022_-_revoga_portaria_24.pdf</t>
   </si>
   <si>
     <t>Fica revogada a Portaria nº 24 de 02 de fevereiro de 2022, a pedido da servidora Daiane Aparecida Lima Oliveira.</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2924/portaria_no_030-2022_-_dispensa_das_atividades_no_dia_14-04.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2924/portaria_no_030-2022_-_dispensa_das_atividades_no_dia_14-04.pdf</t>
   </si>
   <si>
     <t>Ficam dispensados das atividades habituais todos os (as) servidores(as) deste Poder Legislativo no dia 14 (quinta-feira) de abril de 2022.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2923/portaria_no_029-2022_-_nomeia_procuradora_especial_da_mulher_e_procuradoras_adjuntas.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2923/portaria_no_029-2022_-_nomeia_procuradora_especial_da_mulher_e_procuradoras_adjuntas.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Procuradora Especial da Mulher e as Procuradoras Adjuntas no exercício de 2022.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2922/portaria_no_028-2022_-__constitui_comissao_permanente_de_inventario_avaliacao.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2922/portaria_no_028-2022_-__constitui_comissao_permanente_de_inventario_avaliacao.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão Permanente de Inventário, Avaliação e Cadastro da Câmara Municipal de Carmo do Paranaíba no ano de 2022.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2871/portaria_no_027-2022_-__concede_progressao_glenise.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2871/portaria_no_027-2022_-__concede_progressao_glenise.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o Art. 35, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando a servidora Glenise Melo Viotti, admitida em 04 de fevereiro de 2013, para o grau “D” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2870/portaria_no_026-2022_-__concede_progressao_a_daiane.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2870/portaria_no_026-2022_-__concede_progressao_a_daiane.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o Art. 35, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando a servidora Daiane Aparecida Lima Oliveira, admitida em 01 de fevereiro de 2013, para o grau “E” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2869/portaria_no_025-2022_-_comissoes_permanentes_2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2869/portaria_no_025-2022_-_comissoes_permanentes_2022.pdf</t>
   </si>
   <si>
     <t>Ficam nomeadas as Comissões Permanentes da Câmara Municipal de Carmo do Paranaíba – Sessão Legislativa de 2022;</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2868/portaria_no_024-2022_-_designa_daiane_para_auxiliar_comissao_processante.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2868/portaria_no_024-2022_-_designa_daiane_para_auxiliar_comissao_processante.pdf</t>
   </si>
   <si>
     <t>Designa a servidora Daiane Aparecida Lima Oliveira para auxiliar e acompanhar à Comissão Processante durante os trabalhos que forem desempenhados.</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2867/portaria_no_023-2022_-_progressao_daiane_aparecida_lima_oliveira_-_e_-_progressao_desempenho.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2867/portaria_no_023-2022_-_progressao_daiane_aparecida_lima_oliveira_-_e_-_progressao_desempenho.pdf</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2866/portaria_no_022-2022_-_progressao_janiele_alves_dos_reis_-_h_-_progressao_desempenho.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2866/portaria_no_022-2022_-_progressao_janiele_alves_dos_reis_-_h_-_progressao_desempenho.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o Art. 35, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando a servidora Janiele Alves dos Reis, nomeada através da Portaria nº 005/2010, para o grau “H” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2865/portaria_no_021-2022_-_progressao_janiele_alves_dos_reis_-_g_-_escolaridade.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2865/portaria_no_021-2022_-_progressao_janiele_alves_dos_reis_-_g_-_escolaridade.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o inciso III do § 2º do Art. 39, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando a servidora Janiele Alves dos Reis, nomeada pela Portaria nº 005/2010, para o grau “G” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2864/portaria_no_020-2022_-_progressao_luana_nunes_vieira_-_f_-_escolaridade.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2864/portaria_no_020-2022_-_progressao_luana_nunes_vieira_-_f_-_escolaridade.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o inciso II do § 3º do Art. 39, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando a servidora Luana Nunes Vieira, admitida em 16 de junho de 2010, para o grau “F” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2863/portaria_no_019-2022_-_progressao_lucilia_helena_moreira_-_f_-_progressao_desempenho.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2863/portaria_no_019-2022_-_progressao_lucilia_helena_moreira_-_f_-_progressao_desempenho.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o Art. 35, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando a servidora Lucília Helena Moreira, nomeada através do Concurso Público nº 001/2012, para o grau “F” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2862/portaria_no_018-2022_-_quinquenio_diego_gontijo_veloso.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2862/portaria_no_018-2022_-_quinquenio_diego_gontijo_veloso.pdf</t>
   </si>
   <si>
     <t>Concede o 1º (primeiro) quinquênio ao servidor Diego Gontijo Veloso, em atendimento ao disposto no Art. 72 e seu parágrafo único da lei complementar municipal de nº-012/2019 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2861/portaria_no_017-2022_-_quinquenio_luana_nunes_vieira.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2861/portaria_no_017-2022_-_quinquenio_luana_nunes_vieira.pdf</t>
   </si>
   <si>
     <t>Concede o 2º (segundo) quinquênio à servidora Luana Nunes Vieira, em atendimento ao disposto no Art. 72 e seu parágrafo único da lei complementar municipal de nº-012/2019 e no Art. 1º, §1º da Lei Municipal n° 1.396/1994.</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2860/portaria_no_016-2022_-_ferias_premio_luana_nunes_vieira.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2860/portaria_no_016-2022_-_ferias_premio_luana_nunes_vieira.pdf</t>
   </si>
   <si>
     <t>Ficam concedidas as férias-prêmio, referentes ao período entre 16/06/2015 a 15/06/2020, bem como autorizada a sua conversão em espécie para o seu pagamento dos 3 meses concedidos, em favor da servidora Luana Nunes Vieira, em atendimento ao disposto no art. 46, inciso III da LOM, e do art. 82º, §1º, inciso I e II, da lei ordinária municipal de nº 1.065/86, e do artigo 71 da Lei Complementar de nº 12 de 26 de fevereiro de 2.019.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2859/portaria_no_015-2022_-_progressao_daiane_aparecida_lima_oliveira_-_d_-_escolaridade.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2859/portaria_no_015-2022_-_progressao_daiane_aparecida_lima_oliveira_-_d_-_escolaridade.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o inciso I do § 3º do Art. 39, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando a servidora Daiane Aparecida Lima Oliveira, admitida em 01 de fevereiro de 2013, para o grau “D” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2858/portaria_no_014-2022_-_progressao_guilherme_da_silva_ordones_-_i_-_progressao_desempenho.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2858/portaria_no_014-2022_-_progressao_guilherme_da_silva_ordones_-_i_-_progressao_desempenho.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o Art. 35, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando o servidor Guilherme da Silva Ordones, admitido em 25 de agosto de 2014, para o grau “I” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2857/portaria_no_013-2022_-_progressao_dilza_faria_de_andrade_-_f_-_progressao_desempenho.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2857/portaria_no_013-2022_-_progressao_dilza_faria_de_andrade_-_f_-_progressao_desempenho.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o Art. 35, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando a servidora Dilza Faria de Andrade, admitida em 17 de fevereiro de 2009, para o grau “F” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2856/portaria_no_012-2022_-_progressao_lucas_teixeira_alves_-_e_-_progressao_desempenho.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2856/portaria_no_012-2022_-_progressao_lucas_teixeira_alves_-_e_-_progressao_desempenho.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o Art. 35, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando o servidor Lucas Teixeira Alves, admitido em 02 de junho de 2014, para o grau “E” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2855/portaria_no_011-2022_-_progressao_catia_silene_da_cruz_silva_-_h_-_progressao_desempenho.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2855/portaria_no_011-2022_-_progressao_catia_silene_da_cruz_silva_-_h_-_progressao_desempenho.pdf</t>
   </si>
   <si>
     <t>Fica concedida a progressão na carreira, de que trata o Art. 35, da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, passando a servidora Cátia Silene da Cruz Silva, admitida em 12 de janeiro de 2009, para o grau “H” na tabela de vencimentos dos servidores efetivos da Câmara Municipal.</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2850/portaria_no_010-2022_-_comissao_especial_-_recesso_parlamentar_ok.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2850/portaria_no_010-2022_-_comissao_especial_-_recesso_parlamentar_ok.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá analisar as matérias legislativas citadas, tanto quanto à constitucionalidade, quanto ao mérito e assim ofertar pareceres de constitucionalidade e de mérito a respeito de proposições durante o recesso parlamentar.</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2848/portaria_no_009-2022_-_calendario_oficial_de_reunioes_ordinarias_em_2022_-_ok.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2848/portaria_no_009-2022_-_calendario_oficial_de_reunioes_ordinarias_em_2022_-_ok.pdf</t>
   </si>
   <si>
     <t>CALENDÁRIO OFICIAL DAS REUNIÕES ORDINÁRIAS – NO ANO 2022</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2847/portaria_no_008-2022_-gratificacao_guilherme_da_silva_ordones.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2847/portaria_no_008-2022_-gratificacao_guilherme_da_silva_ordones.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (FG-05) ao servidor Guilherme da Silva Ordones, ocupante do Cargo de Consultor Legislativo/Advogado, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2022, pelo desempenho de seu trabalho em reuniões ordinárias, extraordinárias e solenes da Câmara Municipal de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2846/portaria_no_007-2022_-gratificacao_daiane_aparecida_lima_oliveira.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2846/portaria_no_007-2022_-gratificacao_daiane_aparecida_lima_oliveira.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (faixa FG-05) a servidora Daiane Aparecida Lima Oliveira, ocupante do Cargo de Recepcionista, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2022, pelo apoio na Secretaria para confecção das atas, ofícios e inserção de dados e documentos no SAPL (Sistema de Apoio ao Processo Legislativo).</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2845/portaria_no_006-2022_-gratificacao_lucas_teixeira_alves.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2845/portaria_no_006-2022_-gratificacao_lucas_teixeira_alves.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (faixa FG-05) ao servidor Lucas Teixeira Alves, ocupante do Cargo de Motorista, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2022.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2844/portaria_no_005-2022_-gratificacao_janiele_alves_dos_reis.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2844/portaria_no_005-2022_-gratificacao_janiele_alves_dos_reis.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (faixa FG-05) à servidora Janiele Alves dos Reis, ocupante do Cargo de Auxiliar Legislativo, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2022, pela participação como membro da Comissão Permanente de Licitação.</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2843/portaria_no_004-2022_-gratificacao_lucilia_helena_vieira.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2843/portaria_no_004-2022_-gratificacao_lucilia_helena_vieira.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (faixa FG-05) à servidora Lucília Helena Moreira, ocupante do Cargo de Serviços Gerais, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2022, pela participação como equipe de apoio ao Pregoeiro.</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2842/portaria_no_003-2022_-gratificacao_luana_nunes_vieira.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2842/portaria_no_003-2022_-gratificacao_luana_nunes_vieira.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (faixa FG-05) à servidora Luana Nunes Vieira, ocupante do Cargo de Oficial Legislativo, com o percentual de 50% (cinquenta por cento) sobre seu vencimento base, no período de 1º de janeiro a 31 de dezembro de 2022, pela participação como Presidente da Comissão Permanente de Licitação e exercício da função de pregoeira.</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2841/portaria_no_002-2022_-_nomeacao_pregoeiro_equipe_de_apoio_em_2022.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2841/portaria_no_002-2022_-_nomeacao_pregoeiro_equipe_de_apoio_em_2022.pdf</t>
   </si>
   <si>
     <t>Designa o Pregoeiro para julgar e conduzir os Processos Licitatórios na Modalidade Pregão, da Câmara Municipal de Carmo do Paranaíba/MG e designa a Equipe de Apoio para o ano de 2022.</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2840/portaria_no_001-2022_-_comissao_permanente_de_licitacoes.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2840/portaria_no_001-2022_-_comissao_permanente_de_licitacoes.pdf</t>
   </si>
   <si>
     <t>Fica constituída, nos termos do Art. 6º inciso XVI, e Art. 51 da Lei Federal nº 8.666/93, a Comissão Permanente de Licitação da Câmara Municipal de Carmo do Paranaíba para o ano de 2022.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2828/portaria_no_042_de_20_de_dezembro_de_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2828/portaria_no_042_de_20_de_dezembro_de_2021.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal nos dias 21 de dezembro de 2021 aos dias 28 de dezembro de 2021 funcionará das 12:00 horas às 17:00 horas. _x000D_
 Ficam dispensados das atividades habituais todos os (as) servidores (as) deste Poder Legislativo no dia 29 (quarta-feira) de dezembro de 2021, em compensação ao expediente laborativa do dia 12 de novembro de 2021._x000D_
 Ficam dispensados das atividades habituais todos os (as) servidores(as) deste Poder Legislativo nos dias 23 (quinta-feira) e 30 (quinta-feira) de dezembro de 2021.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2833/portaria_no_041_de_15_de_dezembro_de_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2833/portaria_no_041_de_15_de_dezembro_de_2021.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores em Tesouraria, referente ao encerramento do exercício de 2021, e em atendimento ao Comunicado SICOM Nº 28/2019 do Tribunal de Contas do Estado de Minas Gerais, composta pelos seguintes servidores: Diego Gontijo Veloso, gerente administrativo Financeiro; Mucio Moreira, vereador e Janiele Alves dos Reis, auxiliar legislativo.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2832/portaria_no_040_de_15_de_dezembro_de_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2832/portaria_no_040_de_15_de_dezembro_de_2021.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores dos Bens Patrimoniais em Uso, Estocados, Cedidos e Recebidos em cessão, inclusive imóveis, referente ao encerramento do exercício de 2021, e em atendimento ao Comunicado SICOM Nº 28/2019 do Tribunal de Contas do Estado de Minas Gerais, composta pelos seguintes servidores: Diego Gontijo Veloso, Gerente Administrativo Financeiro; Lucas Teixeira Alves, motorista e Paulo Vitor Cimetta de Deus, assessor parlamentar.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2831/portaria_no_039_de_15_de_dezembro_de_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2831/portaria_no_039_de_15_de_dezembro_de_2021.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores das Contas Representativas dos Atos Potenciais Ativos e Passivos, referente ao encerramento do exercício de 2021, e em atendimento ao Comunicado SICOM Nº 28/2019 do Tribunal de Contas do Estado de Minas Gerais, composta pelos seguintes membros: Diego Gontijo Veloso, Gerente Administrativo Financeiro; Lucas Teixeira Alves, motorista e Daiane Aparecida Lima Oliveira, recepcionista.</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2830/portaria_no_038_de_15_de_dezembro_de_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2830/portaria_no_038_de_15_de_dezembro_de_2021.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores do Passivo Circulante e Não Circulante referente ao encerramento do exercício de 2021, e em atendimento ao Comunicado SICOM Nº 28/2019 do Tribunal de Contas do Estado de Minas Gerais, composta pelos seguintes servidores: Diego Gontijo Veloso, gerente administrativo financeiro; Guilherme da Silva Ordones, consultor legislativo e Alvina Gonçalves Azevedo, diretor geral.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2829/portaria_no_037_de_15_de_dezembro_de_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2829/portaria_no_037_de_15_de_dezembro_de_2021.pdf</t>
   </si>
   <si>
     <t>Fica constituída a Comissão de Inventário, Físico e Financeiro dos Valores dos Materiais em Almoxarifado, referente ao encerramento do exercício de 2021, e em atendimento ao Comunicado SICOM Nº 28/2019 do Tribunal de Contas do Estado de Minas Gerais, composta pelos seguintes servidores: Diego Gontijo Veloso, Gerente Administrativo Financeiro; Paulo Vitor Cimetta de Deus, assessor parlamentar e Daiane Aparecida Lima Oliveira, recepcionista.</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2823/portaria_no_036_de_13_de_dezembro_de_2021_-_comissao_especial_veto_10.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2823/portaria_no_036_de_13_de_dezembro_de_2021_-_comissao_especial_veto_10.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagem de Veto nº 10/2021.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2794/portaria_no_035_de_10_de_novembro_de_2021_-_comissao_especial_veto_09.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2794/portaria_no_035_de_10_de_novembro_de_2021_-_comissao_especial_veto_09.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagem de Veto nº 09/2021.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2793/portaria_no_034_de_09_de_novembro_de_2021_-_comissao_especial_vetos_06_07_e_08.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2793/portaria_no_034_de_09_de_novembro_de_2021_-_comissao_especial_vetos_06_07_e_08.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre as Mensagens de Veto nº 06, 07 e 08/2021.</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>Fica alterado o art. 6º da Portaria nº 024 de 07 de abril de 2021, que passa a vigorar com a seguinte redação:_x000D_
 "Art. 6º Durante as Reuniões Ordinárias e Extraordinárias fica restringido em 50% o público presente, sendo este mesmo limite aplicado para o número de cadeiras e somente poderão participar aqueles que estiverem utilizando máscaras de proteção."</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2754/portaria_no_032_de_18_de_outubro_de_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2754/portaria_no_032_de_18_de_outubro_de_2021.pdf</t>
   </si>
   <si>
     <t>Ficam os valores constantes do ANEXO I (TABELA DIÁRIAS DE VIAGEM) da Lei Municipal nº 2.512 de 27 de março de 2019, atualizados com vigência até 31 de março de 2022.</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2691/portaria_no_030_de_12_de_julho_de_2021_--convertido.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2691/portaria_no_030_de_12_de_julho_de_2021_--convertido.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre as Mensagens de Veto nº 04 e 05/2021 na reunião extraordinária do dia 15 de julho de 2021.</t>
   </si>
   <si>
     <t>2576</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2576/portaria_no_029_de_07_de_junho_de_2021_-_adia_de_reuniao_ordinaria.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2576/portaria_no_029_de_07_de_junho_de_2021_-_adia_de_reuniao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Fica adiada para o dia 14 de junho de 2021, segunda-feira às 12:00 (doze horas), a Reunião Ordinária prevista para o dia 10 de junho de 2021.</t>
   </si>
   <si>
     <t>2573</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2573/portaria_no_28_de_18_de_maio_de_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2573/portaria_no_28_de_18_de_maio_de_2021.pdf</t>
   </si>
   <si>
     <t>Antecipa para o dia 24 de maio de 2021 a Reunião Ordinária prevista para o dia 27 de maio de 2021.</t>
   </si>
   <si>
     <t>2572</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2572/portaria_no_27_de_22_de_abri_de_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2572/portaria_no_27_de_22_de_abri_de_2021.pdf</t>
   </si>
   <si>
     <t>Reestabelece as Reuniões Ordinárias da Câmara Municipal de Carmo do Paranaíba, respeitando o calendário oficial.</t>
   </si>
   <si>
     <t>2564</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2564/portaria_no_026_de_20_de_abril_de_2021_-_comissao_especial_para_apreciacao_de_mveto_no_02_e_03-2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2564/portaria_no_026_de_20_de_abril_de_2021_-_comissao_especial_para_apreciacao_de_mveto_no_02_e_03-2021.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre as Mensagens de Vetos nº 02 e 03/2021;</t>
   </si>
   <si>
     <t>2563</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2563/portaria_no_025_de_08_de_abril_de_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2563/portaria_no_025_de_08_de_abril_de_2021.pdf</t>
   </si>
   <si>
     <t>NOVA NOMEAÇÃO do Pregoeiro para julgar e conduzir os Processos Licitatórios na Modalidade Pregão, da Câmara Municipal de Carmo do Paranaíba/MG, a servidora abaixo relacionada:    •	Luana Nunes Vieira e designar como Equipe de Apoio, que prestará a necessária assistência ao Pregoeiro, as servidoras abaixo relacionadas: Janiele Alves dos Reis e Lucília Helena Moreira.</t>
   </si>
   <si>
     <t>2562</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2562/portaria_no_024_de_07_de_abril_de_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2562/portaria_no_024_de_07_de_abril_de_2021.pdf</t>
   </si>
   <si>
     <t>Esta Portaria estabelece o protocolo de segurança para a gestão dos riscos de contágio no ambiente de trabalho, que deverá ser observado por todos os agentes públicos, incluindo agentes políticos e servidores que estiverem desempenhando atividades presenciais na Câmara Municipal de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>2561</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2561/portaria_no_023_de_05_de_abril_de_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2561/portaria_no_023_de_05_de_abril_de_2021.pdf</t>
   </si>
   <si>
     <t>Fica revogado o Sistema de trabalho mediante revezamento e/ou escalas instituído pelas Portarias nº 015, 017 e 020, com o retorno das atividades normais no dia 08 de abril de 2021.</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2554/portaria_no_022_de_03_de_marco_de_2021_-_nova_comissao_permanente_de_licitacao.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2554/portaria_no_022_de_03_de_marco_de_2021_-_nova_comissao_permanente_de_licitacao.pdf</t>
   </si>
   <si>
     <t>Fica constituída, nos termos do Art. 6º inciso XVI, e Art. 51 da Lei Federal nº 8.666/93, a nova Comissão Permanente de Licitação da Câmara Municipal de Carmo do Paranaíba, composta pelas três servidoras a seguir nomeadas, sendo Presidente a primeira delas: Luana Nunes Vieira; Janiele Alves dos Reis; e,_x000D_
 Lucília Helena Moreira.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2552/portaria_no_021_de_02_de_marco_de_2021_-_destituida_catia.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2552/portaria_no_021_de_02_de_marco_de_2021_-_destituida_catia.pdf</t>
   </si>
   <si>
     <t>Tendo em vista o deferimento do requerimento apresentado pela servidora Cátia Silene da Cruz Silva, ocupante do Cargo de Auxiliar de Serviços Gerais, e membro da Comissão Permanente de Licitação bem como da equipe de apoio ao Pregoeiro, fica a mesma, nesta data, destituída de Função Gratificada anteriormente concedida pela Portaria nº 008 de 05 de janeiro de 2021 e de seus proventos extras, ora concedidos.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2551/portaria_no_020_de_26_de_fevereiro_de_2021_-_prorroga_o_revezamento_e_suspende_reunioes_ordinarias.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2551/portaria_no_020_de_26_de_fevereiro_de_2021_-_prorroga_o_revezamento_e_suspende_reunioes_ordinarias.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo optará pelo sistema de trabalho mediante revezamento e/ou escalas, por tempo indeterminado; Ficam suspensas as Reuniões Ordinárias;</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2550/portaria_no_019_de_22_de_fevereiro_de_2021_-_covid-19_atendimento_camara.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2550/portaria_no_019_de_22_de_fevereiro_de_2021_-_covid-19_atendimento_camara.pdf</t>
   </si>
   <si>
     <t>O Poder Legislativo executará seus serviços de forma interna e a partir desta data manterá suas portas fechadas e optará pelo sistema de trabalho por agendamento que se resumirá na redução do atendimento ao público externo e aos vereadores, além dos protocolos, e não ocorrendo a utilização do plenário e espaços públicos do prédio pelo público em geral.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2549/portaria_no_018_de_22_de_fevereiro_de_2021_-_comissao_especial_p_veto.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2549/portaria_no_018_de_22_de_fevereiro_de_2021_-_comissao_especial_p_veto.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial que irá ofertar parecer sobre a Mensagem de Veto nº 01/2021 na reunião extraordinária que será realizada no dia 25 de fevereiro de 2021.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2548/portaria_no_017_de_16_de_fevereiro_de_2021_-_sistema_revezamento_servidores_-_covid-19.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2548/portaria_no_017_de_16_de_fevereiro_de_2021_-_sistema_revezamento_servidores_-_covid-19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Poder Legislativo, onde os servidores da Câmara Municipal irão trabalhar mediante revezamento e/ou escalas, pelo prazo de 15 dias, podendo ser prorrogado a critério da Mesa.</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2545/portaria_no_016_de_12_de_fevereiro_de_2021_-_nomeacao_das_comissoes_permanentes_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2545/portaria_no_016_de_12_de_fevereiro_de_2021_-_nomeacao_das_comissoes_permanentes_2021.pdf</t>
   </si>
   <si>
     <t>Ficam nomeadas as Comissões Permanentes da Câmara Municipal de Carmo do Paranaíba – Sessão Legislativa de 2021;</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2544/portaria_no_015_de_10_de_fevereiro_de_2021_-_sistema_revezamento_servidores_nos_dias_15_e_16-02.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2544/portaria_no_015_de_10_de_fevereiro_de_2021_-_sistema_revezamento_servidores_nos_dias_15_e_16-02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Poder Legislativo, que optará pelo sistema de trabalho mediante revezamento e/ou escalas, nos dias 15 e 16 de fevereiro de 2021;</t>
   </si>
   <si>
     <t>2543</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2543/portaria_no_014_de_09_de_fevereiro_de_2021_-_medidas_covid_19.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2543/portaria_no_014_de_09_de_fevereiro_de_2021_-_medidas_covid_19.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação de novas medidas de proteção à coletividade a serem adotadas no Município de Carmo do Paranaíba, pertinentes ao enfrentamento da pandemia do CORONAVÍRUS (COVID-19) e preservar a saúde, dos vereadores, servidores e público em geral.</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2542/portaria_no_013_de_14_de_janeiro_de_2021_-_comissao_especial_-_recesso_parlamentar.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2542/portaria_no_013_de_14_de_janeiro_de_2021_-_comissao_especial_-_recesso_parlamentar.pdf</t>
   </si>
   <si>
     <t>Fica nomeada a Comissão Especial durante o período de recesso parlamentar.</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2541/portaria_no_012_de_14_de_janeiro_de_2021_-_calendario_oficial_de_reunioes_ordinarias_em_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2541/portaria_no_012_de_14_de_janeiro_de_2021_-_calendario_oficial_de_reunioes_ordinarias_em_2021.pdf</t>
   </si>
   <si>
     <t>CALENDÁRIO OFICIAL DAS REUNIÕES ORDINÁRIAS – NO ANO 2021;</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2540/portaria_no_011_de_05_de_janeiro_de_2021_-_gratificacao_-_daiane_aparecida_lima_oliveira.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2540/portaria_no_011_de_05_de_janeiro_de_2021_-_gratificacao_-_daiane_aparecida_lima_oliveira.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (faixa FG-05) a servidora Daiane Aparecida Lima Oliveira;</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2539/portaria_no_010_de_05_de_janeiro_de_2021_-_gratificacao_lucas_teixeira_alves.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2539/portaria_no_010_de_05_de_janeiro_de_2021_-_gratificacao_lucas_teixeira_alves.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (faixa FG-05) ao servidor Lucas Teixeira Alves;</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2538/portaria_no_009_de_05_de_janeiro_de_2021_-_gratificacao_guilherme_da_silva_ordones.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2538/portaria_no_009_de_05_de_janeiro_de_2021_-_gratificacao_guilherme_da_silva_ordones.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (FG-05) ao servidor Guilherme da Silva Ordones;</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2537/portaria_no_008_de_05_de_janeiro_de_2021_-_gratificacao_catia_silene_da_cruz.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2537/portaria_no_008_de_05_de_janeiro_de_2021_-_gratificacao_catia_silene_da_cruz.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (faixa FG-05) à servidora Cátia Silene da Cruz;</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2536/portaria_no_007_de_05_de_janeiro_de_2021_-_gratificacao_janiele_alves_dos_reis.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2536/portaria_no_007_de_05_de_janeiro_de_2021_-_gratificacao_janiele_alves_dos_reis.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (faixa FG-05) à servidora Janiele Alves dos Reis;</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2535/portaria_no_006_de_05_de_janeiro_de_2021_-_gratificacao_lucilia_helena_moreira.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2535/portaria_no_006_de_05_de_janeiro_de_2021_-_gratificacao_lucilia_helena_moreira.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (faixa FG-05) à servidora Lucília Helena Moreira;</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2534/portaria_no_005_de_05_de_janeiro_de_2021_-_gratificacao_luana_nunes_vieira.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2534/portaria_no_005_de_05_de_janeiro_de_2021_-_gratificacao_luana_nunes_vieira.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (faixa FG-05) à servidora Luana Nunes Vieira;</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2533/portaria_no_004_de_05_de_janeiro_de_2021_-__nomeacao_pregoeiro_e_equipe_de_apoio_em_2021.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2533/portaria_no_004_de_05_de_janeiro_de_2021_-__nomeacao_pregoeiro_e_equipe_de_apoio_em_2021.pdf</t>
   </si>
   <si>
     <t>Designa como Pregoeiro para julgar e conduzir os Processos Licitatórios na Modalidade Pregão, da Câmara Municipal de Carmo do Paranaíba/MG, a servidora abaixo relacionada: Luana Nunes Vieira._x000D_
 Designa como Equipe de Apoio, que prestará a necessária assistência ao Pregoeiro, as servidoras abaixo relacionadas: Cátia Silene da Cruz; Janiele Alves dos Reis; e Lucília Helena Moreira.</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2532/portaria_no_003_de_05_de_janeiro_de_2021_-_comissao_permanente_de_licitacoes.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2532/portaria_no_003_de_05_de_janeiro_de_2021_-_comissao_permanente_de_licitacoes.pdf</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2531/portaria_no_002_de_05_de_janeiro_de_2021_-_nomeia_diretor_geral_-_alvina.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2531/portaria_no_002_de_05_de_janeiro_de_2021_-_nomeia_diretor_geral_-_alvina.pdf</t>
   </si>
   <si>
     <t>Fica nomeada para o cargo de Diretor Geral da Câmara Municipal de Carmo do Paranaíba, a senhora ALVINA GONÇALVES AZEVEDO.</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2530/portaria_no_001_de_04_de_janeiro_de_2021_-_exonera_diretor_geral_-_ronan.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2530/portaria_no_001_de_04_de_janeiro_de_2021_-_exonera_diretor_geral_-_ronan.pdf</t>
   </si>
   <si>
     <t>Exonera a partir do dia 04 de janeiro de 2021, o servidor RONAN GERALDO BARBOSA JUNIOR, do cargo de Diretor Geral.</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2014/3151/portaria_no_05-2014.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2014/3151/portaria_no_05-2014.pdf</t>
   </si>
   <si>
     <t>Fica concedida gratificação de função (FG-05) à servidora Janaína Ferreira de Oliveira, ocupante do cargo de Consultor Legislativo - Advogado, com percentual de 50% (cinquenta por cento) sobre a sua remuneração base, pelo desempenho de seu trabalho em reuniões ordinárias, extraordinárias e solenes da Câmara Municipal.</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2013/3150/portaria_13-2013.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2013/3150/portaria_13-2013.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4298,66 +4334,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3790/portaria_no_20-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3786/portaria_no_19-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3785/portaria_no_18-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3783/portaria_no_17-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3782/portaria_no_16-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3781/portaria_no_15-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3780/portaria_no_14-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3779/portaria_no_13-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3778/portaria_no_12-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3777/portaria_no_11-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3776/portaria_no_10-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3775/portaria_no_09-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3774/portaria_no_08-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3773/portaria_no_07-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3772/portaria_no_06-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3770/portaria_no_05-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3769/portaria_no_04-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3768/portaria_no_03-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3767/portaria_no_02-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3766/portaria_no_01-2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3765/portaria_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3764/portaria_no_70-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3763/portaria_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3762/portaria_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3761/portaria_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3750/portaria_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3749/portaria_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3721/portaria_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3701/portaria_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3694/portaria_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3693/portaria_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3692/portaria_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3690/portaria_no_59-2025..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3689/portaria_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3688/portaria_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3687/portaria_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3686/portaria_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3684/portaria_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3683/portaria_no_53-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3680/portaria_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3679/portaria_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3678/portaria_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3657/portaria_no_49-2025_ok.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3656/portaria_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3655/portaria_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3654/portaria_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3653/portaria_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3652/portaria_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3651/portaria_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3649/portaria_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3648/portaria_no_41-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3647/portaria_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3646/portaria_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3645/portaria_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3639/portaria_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3638/portaria_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3637/portaria_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3636/portaria_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3635/portaria_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3634/portaria_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3633/portaria_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3632/portaria_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3631/skm_c36825012411190.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3630/portaria_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3629/portaria_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3628/portaria_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3627/portaria_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3626/portaria_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3625/portaria_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3624/portaria_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3623/portaria_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3622/portaria_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3621/portaria_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3620/portaria_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3619/portaria_no_17-2025..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3618/portaria_no_16_-_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3617/portaria_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3616/portaria_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3615/portaria_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3614/portaria_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3613/portaria_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3612/portaria_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3608/portaria_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3607/portaria_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3606/portaria_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3605/portaria_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3604/portaria_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3603/portaria_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3600/portaria_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3599/portaria_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3598/portaria_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3597/portaria_no_107-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3596/portaria_no_106-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3595/portaria_no_105-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3594/portaria_no_104-2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3593/portaria_no_103-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3592/portaria_no_102-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3588/portaria_no_101_de_05_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3582/portaria_no_100-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3581/portaria-no-099-2024-comissao-valores-dos-bens-patrimoniais.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3580/portaria_no_98-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3579/portaria_no_97-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3578/portaria_no_96-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3577/portaria_no_95-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3576/portaria_no_94-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3575/portaria_no_93-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3565/portaria_no_92-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3564/portaria_no_91-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3558/portaria_no_90-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3557/portaria_no_89-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3556/portaria_no_88-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3555/portaria_no_87-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3554/portaria_no_86-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3549/portaria_no_85-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3548/portaria_no_84-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3547/portaria_no_83-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3546/portaria_no_82-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3542/portaria_no_81-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3541/portaria_no_80-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3540/portaria_no_79-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3539/portaria_no_78-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3531/portaria_no_77-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3530/portaria_no_76-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3529/portaria_no_75-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3527/portaria_no_74-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3517/portaria_no_73-2024-.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3516/portaria_no_72-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3515/portaria_no_71-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3514/portaria_no_70-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3513/portaria_no_69-2024.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3512/portaria_no_68-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3496/portaria_no_67-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3495/portaria_no_66-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3494/portaria_no_65-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3493/portaria_no_64-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3492/portaria_no_63-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3491/portaria_no_62-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3490/portaria_no_61-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3489/portaria_no_60-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3488/portaria_no_59-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3487/portaria_no_58-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3486/portaria_no_57-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3485/portaria_no_55-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3479/portaria_no_55-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3478/portaria_no_54-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3477/portaria_no_53-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3476/portaria_no_52-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3475/portaria_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3474/portaria_no_50-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3473/portaria_no_49-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3472/portaria_no_48-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3471/portaria_no_47-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3470/portaria_no_46-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3469/portaria_no_45-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3468/portaria_no_44-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3467/portaria_no_43-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3466/portaria_no_42-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3465/portaria_no_41-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3459/portaria_no_40_-_cm.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3458/portaria_no_39_-_cm.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3457/portaria_no_38-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3456/portaria_no_37-2023_-_nomeacao_assessora.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3455/portaria_no_36-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3454/portaria_no_35-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3453/portaria_no_34-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3452/portaria_no_33-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3451/portaria_no_32-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3450/portaria_no_31-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3449/portaria_no_30-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3448/portaria_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3447/portaria_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3446/portaria_no_27-2023_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3445/portaria_no_26-2023_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3437/portaria_no_25-2023_-_comissao_especial_recesso.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3436/portaria_no_24-2024_-_convocacao_thomas_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3435/portaria_no_23-2024_-_convocacao_alana_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3434/portaria_no_22-2024_-_convocacao_tiago_-oficial.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3433/portaria_no_21-2024_-_convocacao_silvanio_-contador.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3432/portaria_no_20-2023_-_homologacao_do_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3431/portaria_no_19-2023_-_calendario_das_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3430/portaria_no_18-2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3429/portaria_no_17-2023_-_gratificacao_lucas.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3428/portaria_no_16-2023_-_gratificacao_catia.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3427/portaria_no_15-2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3426/portaria_no_14-2023_-_gratificacao_dilza.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3425/portaria_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3424/portaria_no_12-2023_-_gratificacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3423/portaria_no_11-2023_-_composicao_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3422/portaria_no_10-2024_-_anexo_novo.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3421/portaria_no_09-2024..pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3420/portaria_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3419/portaria_no_07-2024_compressed.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3418/portaria_no_06-2024-compactado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3417/portaria_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3416/portaria_no_04-2024-compactado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3415/portaria_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3414/portaria_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3413/portaria_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3406/portaria_no_077-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3405/portaria_no_076-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3404/portaria_no_075-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3403/portaria_no_074-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3402/portaria_no_073-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3401/portaria_no_072-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3398/portaria_no_071-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3397/portaria_no_70-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3396/portaria_69-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3388/portaria_no_068-2023_-_expediente_dos_dias_16_e_17-11.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3387/portaria_no_067-2023_-_revoga_portaria_32.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3373/portaria_no_066-2023_-_comissao_especial_dos_decretos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3372/portaria_no_065-2023_-_comissao_especial_das_mensagens_de_veto_16_a_19.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3352/portaria_no_064-2023_-_progressao_guilherme_-_t.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3351/portaria_no_63-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3346/portaria_no_062-2023_-_ce.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3325/portaria_no_61-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3321/portaria_no_060-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3320/portaria_no_059-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3319/portaria_no_058-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3317/portaria_no_056-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3316/portaria_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3313/portaria_no_054-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3312/portaria_no_053-2023_-.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3311/portaria_no_052-2023_-.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3310/portaria_no_051-2023_-.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3299/portaria_no_050-2023_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3298/portaria_no-_49-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3293/portaria_no_048-2023_-_nomeacao_diretor_de_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3292/portaria_no_047-2023_-_2_lucas.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3291/portaria_no_046-2023_-_2_daiane.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3290/portaria_no_045-2023_-_progressao_guilherme_-_q.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3289/portaria_no_044-2023_-_progressao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3288/portaria_no_043-2023_-_ce.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3274/portaria_no_042-2023_-_novas_datas_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3273/portaria_no_041-2023_-_exonera_pablo.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3272/portaria_no_040-2023_-_comissao_de_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3269/portaria_no_039-2023_-_ce_-_mensagem_de_veto_04.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3268/portaria_no_038-2023_-.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3267/portaria_no_037-2023_-_progressao_luana_-_q.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3266/portaria_no_036-2023_-_nomeia_kiara.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3265/portaria_no_035-2023_-.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3264/portaria_no_034-2023_-.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3249/portaria_no_033-2023_-.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3245/portaria_no_032-2023_-_marco_temporal_licitacao.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3244/portaria_no_031-2023_-_nomeia_ce.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3243/portaria_no_030-2023_-_nomeia_rafael.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3242/portaria_no_029-2023_-_nomeia_pablo.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3241/portaria_no_028-2023_-_revoga_portaria_12.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3166/portaria_no_027-2023_-_exonera_pablo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3165/portaria_no_026-2023_-_progressao_2o_quinquenio.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3164/portaria_no_025-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3163/portaria_no_024-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3162/portaria_no_023-2023_-_progressao_lucas.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3161/portaria_no_022-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3160/portaria_no_021-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3159/portaria_no_020-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3158/portaria_no_019-2023_-.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3157/portaria_no_018-2023_-_ferias_premio_lucilia.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3156/portaria_no_017-2023_-__quinquenio_lucilia.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3155/portaria_no_016-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3154/portaria_no_015-2023_-.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3153/portaria_no_014-2023_-_progressao_lucas.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3152/portaria_no_013-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3142/portaria_no_012-2023_-__gratificacao_dilza.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3141/portaria_no_011-2023_-__gratificacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3140/portaria_no_010-2023_-__gratificacao_daiane.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3139/portaria_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3138/portaria_no_008-2023_-__gratificacao_janiele.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3137/portaria_no_007-2023_-__gratificacao_lucilia.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3136/portaria_no_006-2023_-__gratificacao_luana.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3135/portaria_no_005-2023_-__calendario_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3134/portaria_no_004-2023_-__comissao_especial_recesso.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3133/portaria_no_003-2023_-__exoneracao_alisson.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3132/portaria_no_002-2023_-__pregoeiro.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3131/portaria_no_001-2023_-__comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3130/portaria_no_082-2022_-_26_dezembro_2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3126/portaria_no_081-2022_-_21_dezembro_2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3112/portaria_no_080-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3111/portaria_no_079-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3110/portaria_no_078-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3109/portaria_no_077-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3108/portaria_no_076-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3107/portaria_no_075-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3106/portaria_no_074-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3105/portaria_no_073-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3104/portaria_no_072-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3094/portaria_no_071-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3089/portaria_no_070-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3088/portaria_no_069-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3087/portaria_no_068-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3075/portaria_no_067.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3074/portaria_no_066-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3073/portaria_no_065-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3072/portaria_no_064-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3066/portaria_no_063-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3065/portaria_no_062-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3064/portaria_no_061-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3063/portaria_no_060-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3054/portaria_no_059-2022_-_altera_reuniao_do_dia_13-10.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3048/portaria_no_058-2022_-_comissao_especial_mveto_5.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3043/portaria_no_057-2022_-_comissao_especial_pdl_09_e_10.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3042/portaria_no_056-2022_-_progressao_carreira_kenia.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3041/portaria_no_055-2022_-_progressao_carreira_lucas.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2986/portaria_no_54-2022_-_procedimento_administrativo_para_pagamento.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2985/portaria_no_53-2022_-_gratificacao_guilherme_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2984/portaria_no_52-2022_-_gratificacao_daiane_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2983/portaria_no_51-2022_-_gratificacao_lucas_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2982/portaria_no_50-2022_-_gratificacao_janiele_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2981/portaria_no_49-2022_-_gratificacao_lucilia_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2980/portaria_no_48-2022_-_gratificacao_luana_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2971/portaria_no_47-2022_-_nomeia_alisso_domingues_fernandes.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2970/portaria_no_46-2022_-_nomeia_paulo_vitor_cimetta.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2969/portaria_no_45-2022_-_nomeia_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2968/portaria_no_44-2022_-_nomeia_alvina_goncalves_azevedo.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2967/portaria_no_43-2022_-_exonera_paulo_vitor_cimetta.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2966/portaria_no_42-2022_-_exonera_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2965/portaria_no_41-2022_-_exonera__alvina_goncalves_azevedo.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2964/portaria_no_40-2022_-_tabela_diarias_de_viagem.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2962/portaria_no_39-2022_-_comissao_especial_veto_no_04.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2958/portaria_no_38-2022_-_progressao_luana.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2957/portaria_no_37-2022_-_comissao_especial_mvto_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2950/portaria_no_035-2022_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2949/portaria_no_034-2022_-_comissao_especial_decretos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2948/portaria_no_033-2022_-_comissao_especial_mvto_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2933/portaria_no_032-2022_-_comissao_especial_mvto_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2925/portaria_no_031-2022_-_revoga_portaria_24.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2924/portaria_no_030-2022_-_dispensa_das_atividades_no_dia_14-04.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2923/portaria_no_029-2022_-_nomeia_procuradora_especial_da_mulher_e_procuradoras_adjuntas.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2922/portaria_no_028-2022_-__constitui_comissao_permanente_de_inventario_avaliacao.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2871/portaria_no_027-2022_-__concede_progressao_glenise.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2870/portaria_no_026-2022_-__concede_progressao_a_daiane.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2869/portaria_no_025-2022_-_comissoes_permanentes_2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2868/portaria_no_024-2022_-_designa_daiane_para_auxiliar_comissao_processante.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2867/portaria_no_023-2022_-_progressao_daiane_aparecida_lima_oliveira_-_e_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2866/portaria_no_022-2022_-_progressao_janiele_alves_dos_reis_-_h_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2865/portaria_no_021-2022_-_progressao_janiele_alves_dos_reis_-_g_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2864/portaria_no_020-2022_-_progressao_luana_nunes_vieira_-_f_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2863/portaria_no_019-2022_-_progressao_lucilia_helena_moreira_-_f_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2862/portaria_no_018-2022_-_quinquenio_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2861/portaria_no_017-2022_-_quinquenio_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2860/portaria_no_016-2022_-_ferias_premio_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2859/portaria_no_015-2022_-_progressao_daiane_aparecida_lima_oliveira_-_d_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2858/portaria_no_014-2022_-_progressao_guilherme_da_silva_ordones_-_i_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2857/portaria_no_013-2022_-_progressao_dilza_faria_de_andrade_-_f_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2856/portaria_no_012-2022_-_progressao_lucas_teixeira_alves_-_e_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2855/portaria_no_011-2022_-_progressao_catia_silene_da_cruz_silva_-_h_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2850/portaria_no_010-2022_-_comissao_especial_-_recesso_parlamentar_ok.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2848/portaria_no_009-2022_-_calendario_oficial_de_reunioes_ordinarias_em_2022_-_ok.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2847/portaria_no_008-2022_-gratificacao_guilherme_da_silva_ordones.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2846/portaria_no_007-2022_-gratificacao_daiane_aparecida_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2845/portaria_no_006-2022_-gratificacao_lucas_teixeira_alves.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2844/portaria_no_005-2022_-gratificacao_janiele_alves_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2843/portaria_no_004-2022_-gratificacao_lucilia_helena_vieira.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2842/portaria_no_003-2022_-gratificacao_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2841/portaria_no_002-2022_-_nomeacao_pregoeiro_equipe_de_apoio_em_2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2840/portaria_no_001-2022_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2828/portaria_no_042_de_20_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2833/portaria_no_041_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2832/portaria_no_040_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2831/portaria_no_039_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2830/portaria_no_038_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2829/portaria_no_037_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2823/portaria_no_036_de_13_de_dezembro_de_2021_-_comissao_especial_veto_10.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2794/portaria_no_035_de_10_de_novembro_de_2021_-_comissao_especial_veto_09.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2793/portaria_no_034_de_09_de_novembro_de_2021_-_comissao_especial_vetos_06_07_e_08.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2754/portaria_no_032_de_18_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2691/portaria_no_030_de_12_de_julho_de_2021_--convertido.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2576/portaria_no_029_de_07_de_junho_de_2021_-_adia_de_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2573/portaria_no_28_de_18_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2572/portaria_no_27_de_22_de_abri_de_2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2564/portaria_no_026_de_20_de_abril_de_2021_-_comissao_especial_para_apreciacao_de_mveto_no_02_e_03-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2563/portaria_no_025_de_08_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2562/portaria_no_024_de_07_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2561/portaria_no_023_de_05_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2554/portaria_no_022_de_03_de_marco_de_2021_-_nova_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2552/portaria_no_021_de_02_de_marco_de_2021_-_destituida_catia.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2551/portaria_no_020_de_26_de_fevereiro_de_2021_-_prorroga_o_revezamento_e_suspende_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2550/portaria_no_019_de_22_de_fevereiro_de_2021_-_covid-19_atendimento_camara.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2549/portaria_no_018_de_22_de_fevereiro_de_2021_-_comissao_especial_p_veto.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2548/portaria_no_017_de_16_de_fevereiro_de_2021_-_sistema_revezamento_servidores_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2545/portaria_no_016_de_12_de_fevereiro_de_2021_-_nomeacao_das_comissoes_permanentes_2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2544/portaria_no_015_de_10_de_fevereiro_de_2021_-_sistema_revezamento_servidores_nos_dias_15_e_16-02.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2543/portaria_no_014_de_09_de_fevereiro_de_2021_-_medidas_covid_19.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2542/portaria_no_013_de_14_de_janeiro_de_2021_-_comissao_especial_-_recesso_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2541/portaria_no_012_de_14_de_janeiro_de_2021_-_calendario_oficial_de_reunioes_ordinarias_em_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2540/portaria_no_011_de_05_de_janeiro_de_2021_-_gratificacao_-_daiane_aparecida_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2539/portaria_no_010_de_05_de_janeiro_de_2021_-_gratificacao_lucas_teixeira_alves.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2538/portaria_no_009_de_05_de_janeiro_de_2021_-_gratificacao_guilherme_da_silva_ordones.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2537/portaria_no_008_de_05_de_janeiro_de_2021_-_gratificacao_catia_silene_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2536/portaria_no_007_de_05_de_janeiro_de_2021_-_gratificacao_janiele_alves_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2535/portaria_no_006_de_05_de_janeiro_de_2021_-_gratificacao_lucilia_helena_moreira.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2534/portaria_no_005_de_05_de_janeiro_de_2021_-_gratificacao_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2533/portaria_no_004_de_05_de_janeiro_de_2021_-__nomeacao_pregoeiro_e_equipe_de_apoio_em_2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2532/portaria_no_003_de_05_de_janeiro_de_2021_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2531/portaria_no_002_de_05_de_janeiro_de_2021_-_nomeia_diretor_geral_-_alvina.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2530/portaria_no_001_de_04_de_janeiro_de_2021_-_exonera_diretor_geral_-_ronan.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2014/3151/portaria_no_05-2014.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2013/3150/portaria_13-2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3801/portaria_no_24-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3794/portaria_no_023-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3793/portaria_no_22-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3792/portaria_no_21-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3790/portaria_no_20-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3786/portaria_no_19-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3785/portaria_no_18-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3783/portaria_no_17-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3782/portaria_no_16-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3781/portaria_no_15-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3780/portaria_no_14-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3779/portaria_no_13-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3778/portaria_no_12-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3777/portaria_no_11-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3776/portaria_no_10-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3775/portaria_no_09-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3774/portaria_no_08-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3773/portaria_no_07-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3772/portaria_no_06-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3770/portaria_no_05-2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3769/portaria_no_04-2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3768/portaria_no_03-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3767/portaria_no_02-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2026/3766/portaria_no_01-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3765/portaria_no_71-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3764/portaria_no_70-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3763/portaria_no_69-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3762/portaria_no_68-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3761/portaria_no_67-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3750/portaria_no_66-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3749/portaria_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3721/portaria_no_64-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3701/portaria_no_63-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3694/portaria_no_62-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3693/portaria_no_61-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3692/portaria_no_60-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3690/portaria_no_59-2025..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3689/portaria_no_58-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3688/portaria_no_57-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3687/portaria_no_56-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3686/portaria_no_55-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3684/portaria_no_54-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3683/portaria_no_53-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3680/portaria_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3679/portaria_no_051-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3678/portaria_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3657/portaria_no_49-2025_ok.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3656/portaria_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3655/portaria_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3654/portaria_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3653/portaria_no_45-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3652/portaria_no_44-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3651/portaria_no_43-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3649/portaria_no_42-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3648/portaria_no_41-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3647/portaria_no_40-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3646/portaria_no_39-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3645/portaria_no_38-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3639/portaria_no_37-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3638/portaria_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3637/portaria_no_35-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3636/portaria_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3635/portaria_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3634/portaria_no_32-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3633/portaria_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3632/portaria_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3631/skm_c36825012411190.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3630/portaria_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3629/portaria_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3628/portaria_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3627/portaria_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3626/portaria_no_24-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3625/portaria_no_23-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3624/portaria_no_22-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3623/portaria_no_21-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3622/portaria_no_20-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3621/portaria_no_19-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3620/portaria_no_18-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3619/portaria_no_17-2025..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3618/portaria_no_16_-_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3617/portaria_no_15-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3616/portaria_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3615/portaria_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3614/portaria_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3613/portaria_no_11-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3612/portaria_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3608/portaria_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3607/portaria_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3606/portaria_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3605/portaria_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3604/portaria_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3603/portaria_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3600/portaria_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3599/portaria_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2025/3598/portaria_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3597/portaria_no_107-2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3596/portaria_no_106-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3595/portaria_no_105-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3594/portaria_no_104-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3593/portaria_no_103-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3592/portaria_no_102-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3588/portaria_no_101_de_05_de_dezembro_de_2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3582/portaria_no_100-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3581/portaria-no-099-2024-comissao-valores-dos-bens-patrimoniais.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3580/portaria_no_98-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3579/portaria_no_97-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3578/portaria_no_96-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3577/portaria_no_95-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3576/portaria_no_94-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3575/portaria_no_93-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3565/portaria_no_92-2024.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3564/portaria_no_91-2024.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3558/portaria_no_90-2024.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3557/portaria_no_89-2024.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3556/portaria_no_88-2024.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3555/portaria_no_87-2024.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3554/portaria_no_86-2024.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3549/portaria_no_85-2024.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3548/portaria_no_84-2024.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3547/portaria_no_83-2024.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3546/portaria_no_82-2024.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3542/portaria_no_81-2024.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3541/portaria_no_80-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3540/portaria_no_79-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3539/portaria_no_78-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3531/portaria_no_77-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3530/portaria_no_76-2024.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3529/portaria_no_75-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3527/portaria_no_74-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3517/portaria_no_73-2024-.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3516/portaria_no_72-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3515/portaria_no_71-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3514/portaria_no_70-2024.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3513/portaria_no_69-2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3512/portaria_no_68-2024.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3496/portaria_no_67-2024.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3495/portaria_no_66-2024.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3494/portaria_no_65-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3493/portaria_no_64-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3492/portaria_no_63-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3491/portaria_no_62-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3490/portaria_no_61-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3489/portaria_no_60-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3488/portaria_no_59-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3487/portaria_no_58-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3486/portaria_no_57-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3485/portaria_no_55-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3479/portaria_no_55-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3478/portaria_no_54-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3477/portaria_no_53-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3476/portaria_no_52-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3475/portaria_no_51-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3474/portaria_no_50-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3473/portaria_no_49-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3472/portaria_no_48-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3471/portaria_no_47-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3470/portaria_no_46-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3469/portaria_no_45-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3468/portaria_no_44-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3467/portaria_no_43-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3466/portaria_no_42-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3465/portaria_no_41-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3459/portaria_no_40_-_cm.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3458/portaria_no_39_-_cm.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3457/portaria_no_38-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3456/portaria_no_37-2023_-_nomeacao_assessora.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3455/portaria_no_36-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3454/portaria_no_35-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3453/portaria_no_34-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3452/portaria_no_33-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3451/portaria_no_32-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3450/portaria_no_31-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3449/portaria_no_30-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3448/portaria_no_29-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3447/portaria_no_28-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3446/portaria_no_27-2023_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3445/portaria_no_26-2023_-_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3437/portaria_no_25-2023_-_comissao_especial_recesso.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3436/portaria_no_24-2024_-_convocacao_thomas_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3435/portaria_no_23-2024_-_convocacao_alana_-_oficial.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3434/portaria_no_22-2024_-_convocacao_tiago_-oficial.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3433/portaria_no_21-2024_-_convocacao_silvanio_-contador.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3432/portaria_no_20-2023_-_homologacao_do_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3431/portaria_no_19-2023_-_calendario_das_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3430/portaria_no_18-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3429/portaria_no_17-2023_-_gratificacao_lucas.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3428/portaria_no_16-2023_-_gratificacao_catia.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3427/portaria_no_15-2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3426/portaria_no_14-2023_-_gratificacao_dilza.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3425/portaria_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3424/portaria_no_12-2023_-_gratificacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3423/portaria_no_11-2023_-_composicao_escola_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3422/portaria_no_10-2024_-_anexo_novo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3421/portaria_no_09-2024..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3420/portaria_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3419/portaria_no_07-2024_compressed.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3418/portaria_no_06-2024-compactado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3417/portaria_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3416/portaria_no_04-2024-compactado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3415/portaria_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3414/portaria_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2024/3413/portaria_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3406/portaria_no_077-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3405/portaria_no_076-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3404/portaria_no_075-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3403/portaria_no_074-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3402/portaria_no_073-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3401/portaria_no_072-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3398/portaria_no_071-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3397/portaria_no_70-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3396/portaria_69-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3388/portaria_no_068-2023_-_expediente_dos_dias_16_e_17-11.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3387/portaria_no_067-2023_-_revoga_portaria_32.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3373/portaria_no_066-2023_-_comissao_especial_dos_decretos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3372/portaria_no_065-2023_-_comissao_especial_das_mensagens_de_veto_16_a_19.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3352/portaria_no_064-2023_-_progressao_guilherme_-_t.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3351/portaria_no_63-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3346/portaria_no_062-2023_-_ce.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3325/portaria_no_61-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3321/portaria_no_060-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3320/portaria_no_059-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3319/portaria_no_058-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3317/portaria_no_056-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3316/portaria_no_55-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3313/portaria_no_054-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3312/portaria_no_053-2023_-.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3311/portaria_no_052-2023_-.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3310/portaria_no_051-2023_-.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3299/portaria_no_050-2023_-_diarias.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3298/portaria_no-_49-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3293/portaria_no_048-2023_-_nomeacao_diretor_de_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3292/portaria_no_047-2023_-_2_lucas.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3291/portaria_no_046-2023_-_2_daiane.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3290/portaria_no_045-2023_-_progressao_guilherme_-_q.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3289/portaria_no_044-2023_-_progressao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3288/portaria_no_043-2023_-_ce.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3274/portaria_no_042-2023_-_novas_datas_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3273/portaria_no_041-2023_-_exonera_pablo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3272/portaria_no_040-2023_-_comissao_de_patrimonio.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3269/portaria_no_039-2023_-_ce_-_mensagem_de_veto_04.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3268/portaria_no_038-2023_-.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3267/portaria_no_037-2023_-_progressao_luana_-_q.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3266/portaria_no_036-2023_-_nomeia_kiara.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3265/portaria_no_035-2023_-.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3264/portaria_no_034-2023_-.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3249/portaria_no_033-2023_-.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3245/portaria_no_032-2023_-_marco_temporal_licitacao.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3244/portaria_no_031-2023_-_nomeia_ce.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3243/portaria_no_030-2023_-_nomeia_rafael.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3242/portaria_no_029-2023_-_nomeia_pablo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3241/portaria_no_028-2023_-_revoga_portaria_12.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3166/portaria_no_027-2023_-_exonera_pablo.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3165/portaria_no_026-2023_-_progressao_2o_quinquenio.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3164/portaria_no_025-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3163/portaria_no_024-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3162/portaria_no_023-2023_-_progressao_lucas.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3161/portaria_no_022-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3160/portaria_no_021-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3159/portaria_no_020-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3158/portaria_no_019-2023_-.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3157/portaria_no_018-2023_-_ferias_premio_lucilia.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3156/portaria_no_017-2023_-__quinquenio_lucilia.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3155/portaria_no_016-2023_-_progressao_janiele.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3154/portaria_no_015-2023_-.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3153/portaria_no_014-2023_-_progressao_lucas.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3152/portaria_no_013-2023_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3142/portaria_no_012-2023_-__gratificacao_dilza.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3141/portaria_no_011-2023_-__gratificacao_guilherme.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3140/portaria_no_010-2023_-__gratificacao_daiane.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3139/portaria_no_09-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3138/portaria_no_008-2023_-__gratificacao_janiele.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3137/portaria_no_007-2023_-__gratificacao_lucilia.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3136/portaria_no_006-2023_-__gratificacao_luana.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3135/portaria_no_005-2023_-__calendario_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3134/portaria_no_004-2023_-__comissao_especial_recesso.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3133/portaria_no_003-2023_-__exoneracao_alisson.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3132/portaria_no_002-2023_-__pregoeiro.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2023/3131/portaria_no_001-2023_-__comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3130/portaria_no_082-2022_-_26_dezembro_2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3126/portaria_no_081-2022_-_21_dezembro_2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3112/portaria_no_080-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3111/portaria_no_079-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3110/portaria_no_078-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3109/portaria_no_077-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3108/portaria_no_076-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3107/portaria_no_075-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3106/portaria_no_074-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3105/portaria_no_073-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3104/portaria_no_072-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3094/portaria_no_071-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3089/portaria_no_070-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3088/portaria_no_069-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3087/portaria_no_068-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3075/portaria_no_067.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3074/portaria_no_066-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3073/portaria_no_065-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3072/portaria_no_064-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3066/portaria_no_063-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3065/portaria_no_062-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3064/portaria_no_061-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3063/portaria_no_060-2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3054/portaria_no_059-2022_-_altera_reuniao_do_dia_13-10.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3048/portaria_no_058-2022_-_comissao_especial_mveto_5.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3043/portaria_no_057-2022_-_comissao_especial_pdl_09_e_10.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3042/portaria_no_056-2022_-_progressao_carreira_kenia.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/3041/portaria_no_055-2022_-_progressao_carreira_lucas.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2986/portaria_no_54-2022_-_procedimento_administrativo_para_pagamento.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2985/portaria_no_53-2022_-_gratificacao_guilherme_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2984/portaria_no_52-2022_-_gratificacao_daiane_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2983/portaria_no_51-2022_-_gratificacao_lucas_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2982/portaria_no_50-2022_-_gratificacao_janiele_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2981/portaria_no_49-2022_-_gratificacao_lucilia_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2980/portaria_no_48-2022_-_gratificacao_luana_-_lei_nova.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2971/portaria_no_47-2022_-_nomeia_alisso_domingues_fernandes.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2970/portaria_no_46-2022_-_nomeia_paulo_vitor_cimetta.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2969/portaria_no_45-2022_-_nomeia_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2968/portaria_no_44-2022_-_nomeia_alvina_goncalves_azevedo.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2967/portaria_no_43-2022_-_exonera_paulo_vitor_cimetta.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2966/portaria_no_42-2022_-_exonera_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2965/portaria_no_41-2022_-_exonera__alvina_goncalves_azevedo.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2964/portaria_no_40-2022_-_tabela_diarias_de_viagem.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2962/portaria_no_39-2022_-_comissao_especial_veto_no_04.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2958/portaria_no_38-2022_-_progressao_luana.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2957/portaria_no_37-2022_-_comissao_especial_mvto_no_03-2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2950/portaria_no_035-2022_-_progressao_daiane.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2949/portaria_no_034-2022_-_comissao_especial_decretos_legislativos.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2948/portaria_no_033-2022_-_comissao_especial_mvto_no_02-2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2933/portaria_no_032-2022_-_comissao_especial_mvto_no_01-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2925/portaria_no_031-2022_-_revoga_portaria_24.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2924/portaria_no_030-2022_-_dispensa_das_atividades_no_dia_14-04.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2923/portaria_no_029-2022_-_nomeia_procuradora_especial_da_mulher_e_procuradoras_adjuntas.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2922/portaria_no_028-2022_-__constitui_comissao_permanente_de_inventario_avaliacao.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2871/portaria_no_027-2022_-__concede_progressao_glenise.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2870/portaria_no_026-2022_-__concede_progressao_a_daiane.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2869/portaria_no_025-2022_-_comissoes_permanentes_2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2868/portaria_no_024-2022_-_designa_daiane_para_auxiliar_comissao_processante.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2867/portaria_no_023-2022_-_progressao_daiane_aparecida_lima_oliveira_-_e_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2866/portaria_no_022-2022_-_progressao_janiele_alves_dos_reis_-_h_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2865/portaria_no_021-2022_-_progressao_janiele_alves_dos_reis_-_g_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2864/portaria_no_020-2022_-_progressao_luana_nunes_vieira_-_f_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2863/portaria_no_019-2022_-_progressao_lucilia_helena_moreira_-_f_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2862/portaria_no_018-2022_-_quinquenio_diego_gontijo_veloso.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2861/portaria_no_017-2022_-_quinquenio_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2860/portaria_no_016-2022_-_ferias_premio_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2859/portaria_no_015-2022_-_progressao_daiane_aparecida_lima_oliveira_-_d_-_escolaridade.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2858/portaria_no_014-2022_-_progressao_guilherme_da_silva_ordones_-_i_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2857/portaria_no_013-2022_-_progressao_dilza_faria_de_andrade_-_f_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2856/portaria_no_012-2022_-_progressao_lucas_teixeira_alves_-_e_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2855/portaria_no_011-2022_-_progressao_catia_silene_da_cruz_silva_-_h_-_progressao_desempenho.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2850/portaria_no_010-2022_-_comissao_especial_-_recesso_parlamentar_ok.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2848/portaria_no_009-2022_-_calendario_oficial_de_reunioes_ordinarias_em_2022_-_ok.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2847/portaria_no_008-2022_-gratificacao_guilherme_da_silva_ordones.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2846/portaria_no_007-2022_-gratificacao_daiane_aparecida_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2845/portaria_no_006-2022_-gratificacao_lucas_teixeira_alves.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2844/portaria_no_005-2022_-gratificacao_janiele_alves_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2843/portaria_no_004-2022_-gratificacao_lucilia_helena_vieira.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2842/portaria_no_003-2022_-gratificacao_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2841/portaria_no_002-2022_-_nomeacao_pregoeiro_equipe_de_apoio_em_2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2022/2840/portaria_no_001-2022_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2828/portaria_no_042_de_20_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2833/portaria_no_041_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2832/portaria_no_040_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2831/portaria_no_039_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2830/portaria_no_038_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2829/portaria_no_037_de_15_de_dezembro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2823/portaria_no_036_de_13_de_dezembro_de_2021_-_comissao_especial_veto_10.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2794/portaria_no_035_de_10_de_novembro_de_2021_-_comissao_especial_veto_09.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2793/portaria_no_034_de_09_de_novembro_de_2021_-_comissao_especial_vetos_06_07_e_08.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2754/portaria_no_032_de_18_de_outubro_de_2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2691/portaria_no_030_de_12_de_julho_de_2021_--convertido.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2576/portaria_no_029_de_07_de_junho_de_2021_-_adia_de_reuniao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2573/portaria_no_28_de_18_de_maio_de_2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2572/portaria_no_27_de_22_de_abri_de_2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2564/portaria_no_026_de_20_de_abril_de_2021_-_comissao_especial_para_apreciacao_de_mveto_no_02_e_03-2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2563/portaria_no_025_de_08_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2562/portaria_no_024_de_07_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2561/portaria_no_023_de_05_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2554/portaria_no_022_de_03_de_marco_de_2021_-_nova_comissao_permanente_de_licitacao.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2552/portaria_no_021_de_02_de_marco_de_2021_-_destituida_catia.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2551/portaria_no_020_de_26_de_fevereiro_de_2021_-_prorroga_o_revezamento_e_suspende_reunioes_ordinarias.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2550/portaria_no_019_de_22_de_fevereiro_de_2021_-_covid-19_atendimento_camara.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2549/portaria_no_018_de_22_de_fevereiro_de_2021_-_comissao_especial_p_veto.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2548/portaria_no_017_de_16_de_fevereiro_de_2021_-_sistema_revezamento_servidores_-_covid-19.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2545/portaria_no_016_de_12_de_fevereiro_de_2021_-_nomeacao_das_comissoes_permanentes_2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2544/portaria_no_015_de_10_de_fevereiro_de_2021_-_sistema_revezamento_servidores_nos_dias_15_e_16-02.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2543/portaria_no_014_de_09_de_fevereiro_de_2021_-_medidas_covid_19.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2542/portaria_no_013_de_14_de_janeiro_de_2021_-_comissao_especial_-_recesso_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2541/portaria_no_012_de_14_de_janeiro_de_2021_-_calendario_oficial_de_reunioes_ordinarias_em_2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2540/portaria_no_011_de_05_de_janeiro_de_2021_-_gratificacao_-_daiane_aparecida_lima_oliveira.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2539/portaria_no_010_de_05_de_janeiro_de_2021_-_gratificacao_lucas_teixeira_alves.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2538/portaria_no_009_de_05_de_janeiro_de_2021_-_gratificacao_guilherme_da_silva_ordones.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2537/portaria_no_008_de_05_de_janeiro_de_2021_-_gratificacao_catia_silene_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2536/portaria_no_007_de_05_de_janeiro_de_2021_-_gratificacao_janiele_alves_dos_reis.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2535/portaria_no_006_de_05_de_janeiro_de_2021_-_gratificacao_lucilia_helena_moreira.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2534/portaria_no_005_de_05_de_janeiro_de_2021_-_gratificacao_luana_nunes_vieira.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2533/portaria_no_004_de_05_de_janeiro_de_2021_-__nomeacao_pregoeiro_e_equipe_de_apoio_em_2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2532/portaria_no_003_de_05_de_janeiro_de_2021_-_comissao_permanente_de_licitacoes.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2531/portaria_no_002_de_05_de_janeiro_de_2021_-_nomeia_diretor_geral_-_alvina.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2021/2530/portaria_no_001_de_04_de_janeiro_de_2021_-_exonera_diretor_geral_-_ronan.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2014/3151/portaria_no_05-2014.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/normajuridica/2013/3150/portaria_13-2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G402"/>
+  <dimension ref="A1:G406"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="179.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="178.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -4805,8806 +4841,8898 @@
       </c>
       <c r="B21" t="s">
         <v>8</v>
       </c>
       <c r="C21" t="s">
         <v>87</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>88</v>
       </c>
       <c r="G21" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>90</v>
       </c>
       <c r="B22" t="s">
+        <v>8</v>
+      </c>
+      <c r="C22" t="s">
         <v>91</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>92</v>
       </c>
-      <c r="D22" t="s">
-[...5 lines deleted...]
-      <c r="F22" s="1" t="s">
+      <c r="G22" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" t="s">
         <v>95</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="D23" t="s">
-[...5 lines deleted...]
-      <c r="F23" s="1" t="s">
+      <c r="G23" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" t="s">
         <v>99</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="D24" t="s">
-[...5 lines deleted...]
-      <c r="F24" s="1" t="s">
+      <c r="G24" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" t="s">
         <v>103</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="D25" t="s">
-[...5 lines deleted...]
-      <c r="F25" s="1" t="s">
+      <c r="G25" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="C26" t="s">
         <v>108</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>109</v>
       </c>
       <c r="G26" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>111</v>
       </c>
       <c r="B27" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C27" t="s">
         <v>112</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>113</v>
       </c>
       <c r="G27" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>115</v>
       </c>
       <c r="B28" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C28" t="s">
         <v>116</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>117</v>
       </c>
       <c r="G28" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>119</v>
       </c>
       <c r="B29" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C29" t="s">
         <v>120</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>121</v>
       </c>
       <c r="G29" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>123</v>
       </c>
       <c r="B30" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C30" t="s">
         <v>124</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>125</v>
       </c>
       <c r="G30" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>127</v>
       </c>
       <c r="B31" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C31" t="s">
         <v>128</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>129</v>
       </c>
       <c r="G31" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>131</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C32" t="s">
         <v>132</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>133</v>
       </c>
       <c r="G32" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>135</v>
       </c>
       <c r="B33" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C33" t="s">
         <v>136</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>137</v>
       </c>
       <c r="G33" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>139</v>
       </c>
       <c r="B34" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C34" t="s">
         <v>140</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>141</v>
       </c>
       <c r="G34" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>143</v>
       </c>
       <c r="B35" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C35" t="s">
         <v>144</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>145</v>
       </c>
       <c r="G35" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>147</v>
       </c>
       <c r="B36" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C36" t="s">
         <v>148</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>149</v>
       </c>
       <c r="G36" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>151</v>
       </c>
       <c r="B37" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C37" t="s">
         <v>152</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G37" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>155</v>
       </c>
       <c r="B38" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C38" t="s">
         <v>156</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>157</v>
       </c>
       <c r="G38" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>159</v>
       </c>
       <c r="B39" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C39" t="s">
         <v>160</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>161</v>
       </c>
       <c r="G39" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>163</v>
       </c>
       <c r="B40" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C40" t="s">
         <v>164</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>165</v>
       </c>
       <c r="G40" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>167</v>
       </c>
       <c r="B41" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C41" t="s">
         <v>168</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>169</v>
       </c>
       <c r="G41" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>171</v>
       </c>
       <c r="B42" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C42" t="s">
         <v>172</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>173</v>
       </c>
       <c r="G42" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>175</v>
       </c>
       <c r="B43" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C43" t="s">
         <v>176</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>177</v>
       </c>
       <c r="G43" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>179</v>
       </c>
       <c r="B44" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C44" t="s">
         <v>180</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>181</v>
       </c>
       <c r="G44" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>183</v>
       </c>
       <c r="B45" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C45" t="s">
         <v>184</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>185</v>
       </c>
       <c r="G45" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>187</v>
       </c>
       <c r="B46" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C46" t="s">
         <v>188</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>189</v>
       </c>
       <c r="G46" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>191</v>
       </c>
       <c r="B47" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C47" t="s">
         <v>192</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>193</v>
       </c>
       <c r="G47" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>195</v>
       </c>
       <c r="B48" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C48" t="s">
         <v>196</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>197</v>
       </c>
       <c r="G48" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>199</v>
       </c>
       <c r="B49" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C49" t="s">
         <v>200</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>201</v>
       </c>
       <c r="G49" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>203</v>
       </c>
       <c r="B50" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C50" t="s">
         <v>204</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>205</v>
       </c>
       <c r="G50" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>207</v>
       </c>
       <c r="B51" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C51" t="s">
         <v>208</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>209</v>
       </c>
       <c r="G51" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>211</v>
       </c>
       <c r="B52" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C52" t="s">
         <v>212</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>213</v>
       </c>
       <c r="G52" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>215</v>
       </c>
       <c r="B53" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C53" t="s">
         <v>216</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>217</v>
       </c>
       <c r="G53" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>219</v>
       </c>
       <c r="B54" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C54" t="s">
         <v>220</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>221</v>
       </c>
       <c r="G54" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>223</v>
       </c>
       <c r="B55" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C55" t="s">
         <v>224</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>225</v>
       </c>
       <c r="G55" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>227</v>
       </c>
       <c r="B56" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C56" t="s">
         <v>228</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>229</v>
       </c>
       <c r="G56" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>231</v>
       </c>
       <c r="B57" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C57" t="s">
         <v>232</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G57" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>235</v>
       </c>
       <c r="B58" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C58" t="s">
         <v>236</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>237</v>
       </c>
       <c r="G58" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>239</v>
       </c>
       <c r="B59" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C59" t="s">
         <v>240</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>241</v>
       </c>
       <c r="G59" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>243</v>
       </c>
       <c r="B60" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C60" t="s">
         <v>244</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>245</v>
       </c>
       <c r="G60" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>247</v>
       </c>
       <c r="B61" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C61" t="s">
         <v>248</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>249</v>
       </c>
       <c r="G61" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>251</v>
       </c>
       <c r="B62" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C62" t="s">
         <v>252</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>253</v>
       </c>
       <c r="G62" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>255</v>
       </c>
       <c r="B63" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C63" t="s">
         <v>256</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>257</v>
       </c>
       <c r="G63" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>259</v>
       </c>
       <c r="B64" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C64" t="s">
         <v>260</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>261</v>
       </c>
       <c r="G64" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>263</v>
       </c>
       <c r="B65" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C65" t="s">
         <v>264</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>265</v>
       </c>
       <c r="G65" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>267</v>
       </c>
       <c r="B66" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C66" t="s">
         <v>268</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>269</v>
       </c>
       <c r="G66" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>271</v>
       </c>
       <c r="B67" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C67" t="s">
         <v>272</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>273</v>
       </c>
       <c r="G67" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>275</v>
       </c>
       <c r="B68" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C68" t="s">
         <v>276</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>277</v>
       </c>
       <c r="G68" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>279</v>
       </c>
       <c r="B69" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C69" t="s">
         <v>280</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>281</v>
       </c>
       <c r="G69" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>283</v>
       </c>
       <c r="B70" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C70" t="s">
         <v>284</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>285</v>
       </c>
       <c r="G70" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>287</v>
       </c>
       <c r="B71" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C71" t="s">
         <v>288</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>289</v>
       </c>
       <c r="G71" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>291</v>
       </c>
       <c r="B72" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C72" t="s">
         <v>292</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>293</v>
       </c>
       <c r="G72" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>295</v>
       </c>
       <c r="B73" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C73" t="s">
         <v>9</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>296</v>
       </c>
       <c r="G73" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>298</v>
       </c>
       <c r="B74" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C74" t="s">
         <v>15</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>299</v>
       </c>
       <c r="G74" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>301</v>
       </c>
       <c r="B75" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C75" t="s">
         <v>19</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>302</v>
       </c>
       <c r="G75" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>304</v>
       </c>
       <c r="B76" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C76" t="s">
         <v>23</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>305</v>
       </c>
       <c r="G76" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>307</v>
       </c>
       <c r="B77" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C77" t="s">
         <v>27</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>308</v>
       </c>
       <c r="G77" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>310</v>
       </c>
       <c r="B78" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C78" t="s">
         <v>31</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>311</v>
       </c>
       <c r="G78" t="s">
-        <v>61</v>
+        <v>312</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B79" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C79" t="s">
         <v>35</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="G79" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B80" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C80" t="s">
         <v>39</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="G80" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B81" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C81" t="s">
         <v>43</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="G81" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B82" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C82" t="s">
         <v>47</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="G82" t="s">
-        <v>57</v>
+        <v>77</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B83" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C83" t="s">
         <v>51</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="G83" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="B84" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C84" t="s">
         <v>55</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G84" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B85" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C85" t="s">
         <v>59</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G85" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B86" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C86" t="s">
         <v>63</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="G86" t="s">
-        <v>334</v>
+        <v>73</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>335</v>
       </c>
       <c r="B87" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C87" t="s">
         <v>67</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>336</v>
       </c>
       <c r="G87" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>338</v>
       </c>
       <c r="B88" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C88" t="s">
         <v>71</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>339</v>
       </c>
       <c r="G88" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>341</v>
       </c>
       <c r="B89" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C89" t="s">
         <v>75</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>342</v>
       </c>
       <c r="G89" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>344</v>
       </c>
       <c r="B90" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C90" t="s">
         <v>79</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>345</v>
       </c>
       <c r="G90" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>347</v>
       </c>
       <c r="B91" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C91" t="s">
         <v>83</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>348</v>
       </c>
       <c r="G91" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
         <v>350</v>
       </c>
       <c r="B92" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="C92" t="s">
         <v>87</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>351</v>
       </c>
       <c r="G92" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
         <v>353</v>
       </c>
       <c r="B93" t="s">
+        <v>107</v>
+      </c>
+      <c r="C93" t="s">
+        <v>91</v>
+      </c>
+      <c r="D93" t="s">
+        <v>10</v>
+      </c>
+      <c r="E93" t="s">
+        <v>11</v>
+      </c>
+      <c r="F93" s="1" t="s">
         <v>354</v>
       </c>
-      <c r="C93" t="s">
+      <c r="G93" t="s">
         <v>355</v>
-      </c>
-[...10 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
+        <v>356</v>
+      </c>
+      <c r="B94" t="s">
+        <v>107</v>
+      </c>
+      <c r="C94" t="s">
+        <v>95</v>
+      </c>
+      <c r="D94" t="s">
+        <v>10</v>
+      </c>
+      <c r="E94" t="s">
+        <v>11</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="G94" t="s">
         <v>358</v>
-      </c>
-[...16 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="B95" t="s">
-        <v>354</v>
+        <v>107</v>
       </c>
       <c r="C95" t="s">
-        <v>363</v>
+        <v>99</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="G95" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="B96" t="s">
-        <v>354</v>
+        <v>107</v>
       </c>
       <c r="C96" t="s">
-        <v>367</v>
+        <v>103</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="G96" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="B97" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C97" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="G97" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="B98" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C98" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="G98" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="B99" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C99" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="G99" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="B100" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C100" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="G100" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="B101" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C101" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="G101" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B102" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C102" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="G102" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B103" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C103" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="G103" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="B104" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C104" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="G104" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="B105" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C105" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="G105" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="B106" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C106" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="G106" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="B107" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C107" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="G107" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="B108" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C108" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="G108" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="B109" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C109" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="G109" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="B110" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C110" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="G110" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="B111" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C111" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="G111" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="B112" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C112" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="G112" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="B113" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C113" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="G113" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="B114" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C114" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="G114" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="B115" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C115" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="G115" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="B116" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C116" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="G116" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="B117" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C117" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="G117" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="B118" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C118" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="G118" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="B119" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C119" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="G119" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="B120" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C120" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="G120" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="B121" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C121" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="G121" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="B122" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C122" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="G122" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="B123" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C123" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="G123" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="B124" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C124" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="G124" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="B125" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C125" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="G125" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="B126" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C126" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="G126" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="B127" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C127" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="G127" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="B128" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C128" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="G128" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="B129" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C129" t="s">
-        <v>92</v>
+        <v>495</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="G129" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
+        <v>498</v>
+      </c>
+      <c r="B130" t="s">
+        <v>366</v>
+      </c>
+      <c r="C130" t="s">
+        <v>499</v>
+      </c>
+      <c r="D130" t="s">
+        <v>10</v>
+      </c>
+      <c r="E130" t="s">
+        <v>11</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="G130" t="s">
         <v>501</v>
-      </c>
-[...16 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
+        <v>502</v>
+      </c>
+      <c r="B131" t="s">
+        <v>366</v>
+      </c>
+      <c r="C131" t="s">
+        <v>503</v>
+      </c>
+      <c r="D131" t="s">
+        <v>10</v>
+      </c>
+      <c r="E131" t="s">
+        <v>11</v>
+      </c>
+      <c r="F131" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="B131" t="s">
-[...11 lines deleted...]
-      <c r="F131" s="1" t="s">
+      <c r="G131" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
+        <v>506</v>
+      </c>
+      <c r="B132" t="s">
+        <v>366</v>
+      </c>
+      <c r="C132" t="s">
         <v>507</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>508</v>
       </c>
       <c r="G132" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
         <v>510</v>
       </c>
       <c r="B133" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C133" t="s">
         <v>108</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>511</v>
       </c>
       <c r="G133" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
         <v>513</v>
       </c>
       <c r="B134" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C134" t="s">
         <v>112</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>514</v>
       </c>
       <c r="G134" t="s">
-        <v>57</v>
+        <v>515</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B135" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C135" t="s">
         <v>116</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="G135" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B136" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C136" t="s">
         <v>120</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G136" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B137" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C137" t="s">
         <v>124</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="G137" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B138" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C138" t="s">
         <v>128</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="G138" t="s">
-        <v>526</v>
+        <v>73</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>527</v>
       </c>
       <c r="B139" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C139" t="s">
         <v>132</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>528</v>
       </c>
       <c r="G139" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
         <v>530</v>
       </c>
       <c r="B140" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C140" t="s">
         <v>136</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>531</v>
       </c>
       <c r="G140" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>533</v>
       </c>
       <c r="B141" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C141" t="s">
         <v>140</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>534</v>
       </c>
       <c r="G141" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>536</v>
       </c>
       <c r="B142" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C142" t="s">
         <v>144</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>537</v>
       </c>
       <c r="G142" t="s">
         <v>538</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>539</v>
       </c>
       <c r="B143" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C143" t="s">
         <v>148</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>540</v>
       </c>
       <c r="G143" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>542</v>
       </c>
       <c r="B144" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C144" t="s">
         <v>152</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>543</v>
       </c>
       <c r="G144" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>545</v>
       </c>
       <c r="B145" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C145" t="s">
         <v>156</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>546</v>
       </c>
       <c r="G145" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>548</v>
       </c>
       <c r="B146" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C146" t="s">
         <v>160</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>549</v>
       </c>
       <c r="G146" t="s">
         <v>550</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>551</v>
       </c>
       <c r="B147" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C147" t="s">
         <v>164</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>552</v>
       </c>
       <c r="G147" t="s">
-        <v>294</v>
+        <v>553</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B148" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C148" t="s">
         <v>168</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="G148" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B149" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C149" t="s">
         <v>172</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="G149" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B150" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C150" t="s">
         <v>176</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="G150" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B151" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C151" t="s">
         <v>180</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="G151" t="s">
-        <v>564</v>
+        <v>306</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>565</v>
       </c>
       <c r="B152" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C152" t="s">
         <v>184</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>566</v>
       </c>
       <c r="G152" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>568</v>
       </c>
       <c r="B153" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C153" t="s">
         <v>188</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>569</v>
       </c>
       <c r="G153" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>571</v>
       </c>
       <c r="B154" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C154" t="s">
         <v>192</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>572</v>
       </c>
       <c r="G154" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>574</v>
       </c>
       <c r="B155" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C155" t="s">
         <v>196</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>575</v>
       </c>
       <c r="G155" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>577</v>
       </c>
       <c r="B156" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C156" t="s">
         <v>200</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>578</v>
       </c>
       <c r="G156" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>580</v>
       </c>
       <c r="B157" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C157" t="s">
         <v>204</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>581</v>
       </c>
       <c r="G157" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>583</v>
       </c>
       <c r="B158" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C158" t="s">
         <v>208</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>584</v>
       </c>
       <c r="G158" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>586</v>
       </c>
       <c r="B159" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C159" t="s">
         <v>212</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
         <v>587</v>
       </c>
       <c r="G159" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
         <v>589</v>
       </c>
       <c r="B160" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C160" t="s">
         <v>216</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
         <v>590</v>
       </c>
       <c r="G160" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
         <v>592</v>
       </c>
       <c r="B161" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C161" t="s">
         <v>220</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
         <v>593</v>
       </c>
       <c r="G161" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
         <v>595</v>
       </c>
       <c r="B162" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C162" t="s">
         <v>224</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
         <v>596</v>
       </c>
       <c r="G162" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
         <v>598</v>
       </c>
       <c r="B163" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C163" t="s">
         <v>228</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
         <v>599</v>
       </c>
       <c r="G163" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
         <v>601</v>
       </c>
       <c r="B164" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C164" t="s">
         <v>232</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
         <v>602</v>
       </c>
       <c r="G164" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>604</v>
       </c>
       <c r="B165" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C165" t="s">
         <v>236</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>605</v>
       </c>
       <c r="G165" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
         <v>607</v>
       </c>
       <c r="B166" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C166" t="s">
         <v>240</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
         <v>608</v>
       </c>
       <c r="G166" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
         <v>610</v>
       </c>
       <c r="B167" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C167" t="s">
         <v>244</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
         <v>611</v>
       </c>
       <c r="G167" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
         <v>613</v>
       </c>
       <c r="B168" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C168" t="s">
         <v>248</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>614</v>
       </c>
       <c r="G168" t="s">
-        <v>57</v>
+        <v>615</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B169" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C169" t="s">
         <v>252</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="G169" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B170" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C170" t="s">
         <v>256</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="G170" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B171" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C171" t="s">
         <v>260</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="G171" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B172" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C172" t="s">
         <v>264</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="G172" t="s">
-        <v>626</v>
+        <v>73</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
         <v>627</v>
       </c>
       <c r="B173" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C173" t="s">
         <v>268</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>628</v>
       </c>
       <c r="G173" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
         <v>630</v>
       </c>
       <c r="B174" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C174" t="s">
         <v>272</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>631</v>
       </c>
       <c r="G174" t="s">
         <v>632</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
         <v>633</v>
       </c>
       <c r="B175" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C175" t="s">
         <v>276</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>634</v>
       </c>
       <c r="G175" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
         <v>636</v>
       </c>
       <c r="B176" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C176" t="s">
         <v>280</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
         <v>637</v>
       </c>
       <c r="G176" t="s">
         <v>638</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>639</v>
       </c>
       <c r="B177" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C177" t="s">
         <v>284</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>640</v>
       </c>
       <c r="G177" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
         <v>642</v>
       </c>
       <c r="B178" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C178" t="s">
         <v>288</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>643</v>
       </c>
       <c r="G178" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
         <v>645</v>
       </c>
       <c r="B179" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C179" t="s">
         <v>292</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>646</v>
       </c>
       <c r="G179" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
         <v>648</v>
       </c>
       <c r="B180" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C180" t="s">
         <v>9</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>649</v>
       </c>
       <c r="G180" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
         <v>651</v>
       </c>
       <c r="B181" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C181" t="s">
         <v>15</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>652</v>
       </c>
       <c r="G181" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
         <v>654</v>
       </c>
       <c r="B182" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C182" t="s">
         <v>19</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>655</v>
       </c>
       <c r="G182" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
         <v>657</v>
       </c>
       <c r="B183" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C183" t="s">
         <v>23</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>658</v>
       </c>
       <c r="G183" t="s">
         <v>659</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
         <v>660</v>
       </c>
       <c r="B184" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C184" t="s">
         <v>27</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
         <v>661</v>
       </c>
       <c r="G184" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
         <v>663</v>
       </c>
       <c r="B185" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C185" t="s">
         <v>31</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
         <v>664</v>
       </c>
       <c r="G185" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
         <v>666</v>
       </c>
       <c r="B186" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C186" t="s">
         <v>35</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
         <v>667</v>
       </c>
       <c r="G186" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
         <v>669</v>
       </c>
       <c r="B187" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C187" t="s">
         <v>39</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
         <v>670</v>
       </c>
       <c r="G187" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
         <v>672</v>
       </c>
       <c r="B188" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C188" t="s">
         <v>43</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
         <v>673</v>
       </c>
       <c r="G188" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
         <v>675</v>
       </c>
       <c r="B189" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C189" t="s">
         <v>47</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
         <v>676</v>
       </c>
       <c r="G189" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
         <v>678</v>
       </c>
       <c r="B190" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C190" t="s">
         <v>51</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
         <v>679</v>
       </c>
       <c r="G190" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>681</v>
       </c>
       <c r="B191" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C191" t="s">
         <v>55</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
         <v>682</v>
       </c>
       <c r="G191" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
         <v>684</v>
       </c>
       <c r="B192" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C192" t="s">
         <v>59</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
         <v>685</v>
       </c>
       <c r="G192" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
         <v>687</v>
       </c>
       <c r="B193" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C193" t="s">
         <v>63</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
         <v>688</v>
       </c>
       <c r="G193" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
         <v>690</v>
       </c>
       <c r="B194" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C194" t="s">
         <v>67</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
         <v>691</v>
       </c>
       <c r="G194" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
         <v>693</v>
       </c>
       <c r="B195" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C195" t="s">
         <v>71</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
         <v>694</v>
       </c>
       <c r="G195" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
         <v>696</v>
       </c>
       <c r="B196" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C196" t="s">
         <v>75</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
         <v>697</v>
       </c>
       <c r="G196" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
         <v>699</v>
       </c>
       <c r="B197" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C197" t="s">
         <v>79</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>700</v>
       </c>
       <c r="G197" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
         <v>702</v>
       </c>
       <c r="B198" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C198" t="s">
         <v>83</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>703</v>
       </c>
       <c r="G198" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
         <v>705</v>
       </c>
       <c r="B199" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="C199" t="s">
         <v>87</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>706</v>
       </c>
       <c r="G199" t="s">
         <v>707</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
         <v>708</v>
       </c>
       <c r="B200" t="s">
+        <v>366</v>
+      </c>
+      <c r="C200" t="s">
+        <v>91</v>
+      </c>
+      <c r="D200" t="s">
+        <v>10</v>
+      </c>
+      <c r="E200" t="s">
+        <v>11</v>
+      </c>
+      <c r="F200" s="1" t="s">
         <v>709</v>
       </c>
-      <c r="C200" t="s">
-[...8 lines deleted...]
-      <c r="F200" s="1" t="s">
+      <c r="G200" t="s">
         <v>710</v>
-      </c>
-[...1 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
+        <v>711</v>
+      </c>
+      <c r="B201" t="s">
+        <v>366</v>
+      </c>
+      <c r="C201" t="s">
+        <v>95</v>
+      </c>
+      <c r="D201" t="s">
+        <v>10</v>
+      </c>
+      <c r="E201" t="s">
+        <v>11</v>
+      </c>
+      <c r="F201" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="B201" t="s">
-[...11 lines deleted...]
-      <c r="F201" s="1" t="s">
+      <c r="G201" t="s">
         <v>713</v>
-      </c>
-[...1 lines deleted...]
-        <v>714</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
+        <v>714</v>
+      </c>
+      <c r="B202" t="s">
+        <v>366</v>
+      </c>
+      <c r="C202" t="s">
+        <v>99</v>
+      </c>
+      <c r="D202" t="s">
+        <v>10</v>
+      </c>
+      <c r="E202" t="s">
+        <v>11</v>
+      </c>
+      <c r="F202" s="1" t="s">
         <v>715</v>
       </c>
-      <c r="B202" t="s">
-[...11 lines deleted...]
-      <c r="F202" s="1" t="s">
+      <c r="G202" t="s">
         <v>716</v>
-      </c>
-[...1 lines deleted...]
-        <v>717</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
+        <v>717</v>
+      </c>
+      <c r="B203" t="s">
+        <v>366</v>
+      </c>
+      <c r="C203" t="s">
+        <v>103</v>
+      </c>
+      <c r="D203" t="s">
+        <v>10</v>
+      </c>
+      <c r="E203" t="s">
+        <v>11</v>
+      </c>
+      <c r="F203" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="B203" t="s">
-[...11 lines deleted...]
-      <c r="F203" s="1" t="s">
+      <c r="G203" t="s">
         <v>719</v>
-      </c>
-[...1 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
+        <v>720</v>
+      </c>
+      <c r="B204" t="s">
         <v>721</v>
       </c>
-      <c r="B204" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C204" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>722</v>
       </c>
       <c r="G204" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
         <v>724</v>
       </c>
       <c r="B205" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C205" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>725</v>
       </c>
       <c r="G205" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
         <v>727</v>
       </c>
       <c r="B206" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C206" t="s">
-        <v>92</v>
+        <v>495</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>728</v>
       </c>
       <c r="G206" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
         <v>730</v>
       </c>
       <c r="B207" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C207" t="s">
-        <v>96</v>
+        <v>499</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
         <v>731</v>
       </c>
       <c r="G207" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
         <v>733</v>
       </c>
       <c r="B208" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C208" t="s">
-        <v>100</v>
+        <v>503</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>734</v>
       </c>
       <c r="G208" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
         <v>736</v>
       </c>
       <c r="B209" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C209" t="s">
-        <v>104</v>
+        <v>507</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>737</v>
       </c>
       <c r="G209" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
         <v>739</v>
       </c>
       <c r="B210" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C210" t="s">
         <v>108</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>740</v>
       </c>
       <c r="G210" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
         <v>742</v>
       </c>
       <c r="B211" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C211" t="s">
         <v>112</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>743</v>
       </c>
       <c r="G211" t="s">
         <v>744</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>745</v>
       </c>
       <c r="B212" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C212" t="s">
         <v>116</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>746</v>
       </c>
       <c r="G212" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
         <v>748</v>
       </c>
       <c r="B213" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C213" t="s">
         <v>120</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>749</v>
       </c>
       <c r="G213" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
         <v>751</v>
       </c>
       <c r="B214" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C214" t="s">
         <v>124</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>752</v>
       </c>
       <c r="G214" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
         <v>754</v>
       </c>
       <c r="B215" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C215" t="s">
         <v>128</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>755</v>
       </c>
       <c r="G215" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
         <v>757</v>
       </c>
       <c r="B216" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C216" t="s">
         <v>132</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>758</v>
       </c>
       <c r="G216" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
         <v>760</v>
       </c>
       <c r="B217" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C217" t="s">
         <v>136</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>761</v>
       </c>
       <c r="G217" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
         <v>763</v>
       </c>
       <c r="B218" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C218" t="s">
         <v>140</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>764</v>
       </c>
       <c r="G218" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
         <v>766</v>
       </c>
       <c r="B219" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C219" t="s">
         <v>144</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>767</v>
       </c>
       <c r="G219" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
         <v>769</v>
       </c>
       <c r="B220" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C220" t="s">
         <v>148</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>770</v>
       </c>
       <c r="G220" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
         <v>772</v>
       </c>
       <c r="B221" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C221" t="s">
         <v>152</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>773</v>
       </c>
       <c r="G221" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
         <v>775</v>
       </c>
       <c r="B222" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C222" t="s">
         <v>156</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
         <v>776</v>
       </c>
       <c r="G222" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>778</v>
       </c>
       <c r="B223" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C223" t="s">
         <v>160</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
         <v>779</v>
       </c>
       <c r="G223" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
         <v>781</v>
       </c>
       <c r="B224" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C224" t="s">
         <v>164</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
         <v>782</v>
       </c>
       <c r="G224" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
         <v>784</v>
       </c>
       <c r="B225" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C225" t="s">
         <v>168</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
         <v>785</v>
       </c>
       <c r="G225" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
         <v>787</v>
       </c>
       <c r="B226" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C226" t="s">
         <v>172</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
         <v>788</v>
       </c>
       <c r="G226" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
         <v>790</v>
       </c>
       <c r="B227" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C227" t="s">
         <v>176</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
         <v>791</v>
       </c>
       <c r="G227" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
         <v>793</v>
       </c>
       <c r="B228" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C228" t="s">
         <v>180</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
         <v>794</v>
       </c>
       <c r="G228" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
         <v>796</v>
       </c>
       <c r="B229" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C229" t="s">
         <v>184</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
         <v>797</v>
       </c>
       <c r="G229" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
         <v>799</v>
       </c>
       <c r="B230" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C230" t="s">
         <v>188</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
         <v>800</v>
       </c>
       <c r="G230" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
         <v>802</v>
       </c>
       <c r="B231" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C231" t="s">
         <v>192</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
         <v>803</v>
       </c>
       <c r="G231" t="s">
-        <v>170</v>
+        <v>804</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="B232" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C232" t="s">
         <v>196</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="G232" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B233" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C233" t="s">
         <v>200</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="G233" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B234" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C234" t="s">
         <v>204</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="G234" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B235" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C235" t="s">
         <v>208</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="G235" t="s">
-        <v>815</v>
+        <v>186</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
         <v>816</v>
       </c>
       <c r="B236" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C236" t="s">
         <v>212</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>11</v>
       </c>
       <c r="F236" s="1" t="s">
         <v>817</v>
       </c>
       <c r="G236" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
         <v>819</v>
       </c>
       <c r="B237" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C237" t="s">
         <v>216</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
         <v>820</v>
       </c>
       <c r="G237" t="s">
-        <v>57</v>
+        <v>821</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="B238" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C238" t="s">
         <v>220</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="G238" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B239" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C239" t="s">
         <v>224</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
         <v>11</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="G239" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B240" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C240" t="s">
         <v>228</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
         <v>11</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="G240" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B241" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C241" t="s">
         <v>232</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
         <v>11</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="G241" t="s">
-        <v>832</v>
+        <v>73</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
         <v>833</v>
       </c>
       <c r="B242" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C242" t="s">
         <v>236</v>
       </c>
       <c r="D242" t="s">
         <v>10</v>
       </c>
       <c r="E242" t="s">
         <v>11</v>
       </c>
       <c r="F242" s="1" t="s">
         <v>834</v>
       </c>
       <c r="G242" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
         <v>836</v>
       </c>
       <c r="B243" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C243" t="s">
         <v>240</v>
       </c>
       <c r="D243" t="s">
         <v>10</v>
       </c>
       <c r="E243" t="s">
         <v>11</v>
       </c>
       <c r="F243" s="1" t="s">
         <v>837</v>
       </c>
       <c r="G243" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
         <v>839</v>
       </c>
       <c r="B244" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C244" t="s">
         <v>244</v>
       </c>
       <c r="D244" t="s">
         <v>10</v>
       </c>
       <c r="E244" t="s">
         <v>11</v>
       </c>
       <c r="F244" s="1" t="s">
         <v>840</v>
       </c>
       <c r="G244" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>842</v>
       </c>
       <c r="B245" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C245" t="s">
         <v>248</v>
       </c>
       <c r="D245" t="s">
         <v>10</v>
       </c>
       <c r="E245" t="s">
         <v>11</v>
       </c>
       <c r="F245" s="1" t="s">
         <v>843</v>
       </c>
       <c r="G245" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
         <v>845</v>
       </c>
       <c r="B246" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C246" t="s">
         <v>252</v>
       </c>
       <c r="D246" t="s">
         <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>11</v>
       </c>
       <c r="F246" s="1" t="s">
         <v>846</v>
       </c>
       <c r="G246" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
         <v>848</v>
       </c>
       <c r="B247" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C247" t="s">
         <v>256</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
         <v>11</v>
       </c>
       <c r="F247" s="1" t="s">
         <v>849</v>
       </c>
       <c r="G247" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
         <v>851</v>
       </c>
       <c r="B248" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C248" t="s">
         <v>260</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>11</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>852</v>
       </c>
       <c r="G248" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
         <v>854</v>
       </c>
       <c r="B249" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C249" t="s">
         <v>264</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>11</v>
       </c>
       <c r="F249" s="1" t="s">
         <v>855</v>
       </c>
       <c r="G249" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
         <v>857</v>
       </c>
       <c r="B250" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C250" t="s">
         <v>268</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
         <v>11</v>
       </c>
       <c r="F250" s="1" t="s">
         <v>858</v>
       </c>
       <c r="G250" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
         <v>860</v>
       </c>
       <c r="B251" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C251" t="s">
         <v>272</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
         <v>11</v>
       </c>
       <c r="F251" s="1" t="s">
         <v>861</v>
       </c>
       <c r="G251" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
         <v>863</v>
       </c>
       <c r="B252" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C252" t="s">
         <v>276</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
         <v>11</v>
       </c>
       <c r="F252" s="1" t="s">
         <v>864</v>
       </c>
       <c r="G252" t="s">
         <v>865</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
         <v>866</v>
       </c>
       <c r="B253" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C253" t="s">
         <v>280</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
         <v>11</v>
       </c>
       <c r="F253" s="1" t="s">
         <v>867</v>
       </c>
       <c r="G253" t="s">
         <v>868</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
         <v>869</v>
       </c>
       <c r="B254" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C254" t="s">
         <v>284</v>
       </c>
       <c r="D254" t="s">
         <v>10</v>
       </c>
       <c r="E254" t="s">
         <v>11</v>
       </c>
       <c r="F254" s="1" t="s">
         <v>870</v>
       </c>
       <c r="G254" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
         <v>872</v>
       </c>
       <c r="B255" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C255" t="s">
         <v>288</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
         <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
         <v>873</v>
       </c>
       <c r="G255" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
         <v>875</v>
       </c>
       <c r="B256" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C256" t="s">
         <v>292</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
         <v>11</v>
       </c>
       <c r="F256" s="1" t="s">
         <v>876</v>
       </c>
       <c r="G256" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
         <v>878</v>
       </c>
       <c r="B257" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C257" t="s">
         <v>9</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
         <v>11</v>
       </c>
       <c r="F257" s="1" t="s">
         <v>879</v>
       </c>
       <c r="G257" t="s">
         <v>880</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
         <v>881</v>
       </c>
       <c r="B258" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C258" t="s">
         <v>15</v>
       </c>
       <c r="D258" t="s">
         <v>10</v>
       </c>
       <c r="E258" t="s">
         <v>11</v>
       </c>
       <c r="F258" s="1" t="s">
         <v>882</v>
       </c>
       <c r="G258" t="s">
         <v>883</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
         <v>884</v>
       </c>
       <c r="B259" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C259" t="s">
         <v>19</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>11</v>
       </c>
       <c r="F259" s="1" t="s">
         <v>885</v>
       </c>
       <c r="G259" t="s">
         <v>886</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
         <v>887</v>
       </c>
       <c r="B260" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C260" t="s">
         <v>23</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="1" t="s">
         <v>888</v>
       </c>
       <c r="G260" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
         <v>890</v>
       </c>
       <c r="B261" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C261" t="s">
         <v>27</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
         <v>11</v>
       </c>
       <c r="F261" s="1" t="s">
         <v>891</v>
       </c>
       <c r="G261" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
         <v>893</v>
       </c>
       <c r="B262" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C262" t="s">
         <v>31</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
         <v>11</v>
       </c>
       <c r="F262" s="1" t="s">
         <v>894</v>
       </c>
       <c r="G262" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
         <v>896</v>
       </c>
       <c r="B263" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C263" t="s">
         <v>35</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
         <v>11</v>
       </c>
       <c r="F263" s="1" t="s">
         <v>897</v>
       </c>
       <c r="G263" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
         <v>899</v>
       </c>
       <c r="B264" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C264" t="s">
         <v>39</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" s="1" t="s">
         <v>900</v>
       </c>
       <c r="G264" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
         <v>902</v>
       </c>
       <c r="B265" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C265" t="s">
         <v>43</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" s="1" t="s">
         <v>903</v>
       </c>
       <c r="G265" t="s">
         <v>904</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
         <v>905</v>
       </c>
       <c r="B266" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C266" t="s">
         <v>47</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
         <v>906</v>
       </c>
       <c r="G266" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
         <v>908</v>
       </c>
       <c r="B267" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C267" t="s">
         <v>51</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
         <v>909</v>
       </c>
       <c r="G267" t="s">
         <v>910</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
         <v>911</v>
       </c>
       <c r="B268" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C268" t="s">
         <v>55</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
         <v>912</v>
       </c>
       <c r="G268" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
         <v>914</v>
       </c>
       <c r="B269" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C269" t="s">
         <v>59</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>915</v>
       </c>
       <c r="G269" t="s">
         <v>916</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
         <v>917</v>
       </c>
       <c r="B270" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C270" t="s">
         <v>63</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
         <v>918</v>
       </c>
       <c r="G270" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
         <v>920</v>
       </c>
       <c r="B271" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C271" t="s">
         <v>67</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
         <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
         <v>921</v>
       </c>
       <c r="G271" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
         <v>923</v>
       </c>
       <c r="B272" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C272" t="s">
         <v>71</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
         <v>924</v>
       </c>
       <c r="G272" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
         <v>926</v>
       </c>
       <c r="B273" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C273" t="s">
         <v>75</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
         <v>927</v>
       </c>
       <c r="G273" t="s">
-        <v>635</v>
+        <v>928</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="B274" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C274" t="s">
         <v>79</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="G274" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="B275" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C275" t="s">
         <v>83</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="G275" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B276" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
       <c r="C276" t="s">
         <v>87</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="G276" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="B277" t="s">
-        <v>938</v>
+        <v>721</v>
       </c>
       <c r="C277" t="s">
-        <v>455</v>
+        <v>91</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" s="1" t="s">
         <v>939</v>
       </c>
       <c r="G277" t="s">
-        <v>940</v>
+        <v>647</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
+        <v>940</v>
+      </c>
+      <c r="B278" t="s">
+        <v>721</v>
+      </c>
+      <c r="C278" t="s">
+        <v>95</v>
+      </c>
+      <c r="D278" t="s">
+        <v>10</v>
+      </c>
+      <c r="E278" t="s">
+        <v>11</v>
+      </c>
+      <c r="F278" s="1" t="s">
         <v>941</v>
       </c>
-      <c r="B278" t="s">
-[...11 lines deleted...]
-      <c r="F278" s="1" t="s">
+      <c r="G278" t="s">
         <v>942</v>
-      </c>
-[...1 lines deleted...]
-        <v>943</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
+        <v>943</v>
+      </c>
+      <c r="B279" t="s">
+        <v>721</v>
+      </c>
+      <c r="C279" t="s">
+        <v>99</v>
+      </c>
+      <c r="D279" t="s">
+        <v>10</v>
+      </c>
+      <c r="E279" t="s">
+        <v>11</v>
+      </c>
+      <c r="F279" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="B279" t="s">
-[...11 lines deleted...]
-      <c r="F279" s="1" t="s">
+      <c r="G279" t="s">
         <v>945</v>
-      </c>
-[...1 lines deleted...]
-        <v>946</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
+        <v>946</v>
+      </c>
+      <c r="B280" t="s">
+        <v>721</v>
+      </c>
+      <c r="C280" t="s">
+        <v>103</v>
+      </c>
+      <c r="D280" t="s">
+        <v>10</v>
+      </c>
+      <c r="E280" t="s">
+        <v>11</v>
+      </c>
+      <c r="F280" s="1" t="s">
         <v>947</v>
       </c>
-      <c r="B280" t="s">
-[...11 lines deleted...]
-      <c r="F280" s="1" t="s">
+      <c r="G280" t="s">
         <v>948</v>
-      </c>
-[...1 lines deleted...]
-        <v>949</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
+        <v>949</v>
+      </c>
+      <c r="B281" t="s">
         <v>950</v>
       </c>
-      <c r="B281" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C281" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>11</v>
       </c>
       <c r="F281" s="1" t="s">
         <v>951</v>
       </c>
       <c r="G281" t="s">
         <v>952</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
         <v>953</v>
       </c>
       <c r="B282" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C282" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
         <v>954</v>
       </c>
       <c r="G282" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
         <v>956</v>
       </c>
       <c r="B283" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C283" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
         <v>957</v>
       </c>
       <c r="G283" t="s">
         <v>958</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
         <v>959</v>
       </c>
       <c r="B284" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C284" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
         <v>960</v>
       </c>
       <c r="G284" t="s">
         <v>961</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
         <v>962</v>
       </c>
       <c r="B285" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C285" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
         <v>963</v>
       </c>
       <c r="G285" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
         <v>965</v>
       </c>
       <c r="B286" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C286" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
         <v>966</v>
       </c>
       <c r="G286" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
         <v>968</v>
       </c>
       <c r="B287" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C287" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
         <v>969</v>
       </c>
       <c r="G287" t="s">
         <v>970</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
         <v>971</v>
       </c>
       <c r="B288" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C288" t="s">
-        <v>92</v>
+        <v>495</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
         <v>972</v>
       </c>
       <c r="G288" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
         <v>974</v>
       </c>
       <c r="B289" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C289" t="s">
-        <v>96</v>
+        <v>499</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>975</v>
       </c>
       <c r="G289" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
         <v>977</v>
       </c>
       <c r="B290" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C290" t="s">
-        <v>100</v>
+        <v>503</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>11</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>978</v>
       </c>
       <c r="G290" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
         <v>980</v>
       </c>
       <c r="B291" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C291" t="s">
-        <v>104</v>
+        <v>507</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>11</v>
       </c>
       <c r="F291" s="1" t="s">
         <v>981</v>
       </c>
       <c r="G291" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
         <v>983</v>
       </c>
       <c r="B292" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C292" t="s">
         <v>108</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
         <v>11</v>
       </c>
       <c r="F292" s="1" t="s">
         <v>984</v>
       </c>
       <c r="G292" t="s">
         <v>985</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
         <v>986</v>
       </c>
       <c r="B293" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C293" t="s">
         <v>112</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>11</v>
       </c>
       <c r="F293" s="1" t="s">
         <v>987</v>
       </c>
       <c r="G293" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
         <v>989</v>
       </c>
       <c r="B294" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C294" t="s">
         <v>116</v>
       </c>
       <c r="D294" t="s">
         <v>10</v>
       </c>
       <c r="E294" t="s">
         <v>11</v>
       </c>
       <c r="F294" s="1" t="s">
         <v>990</v>
       </c>
       <c r="G294" t="s">
         <v>991</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
         <v>992</v>
       </c>
       <c r="B295" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C295" t="s">
         <v>120</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
         <v>993</v>
       </c>
       <c r="G295" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
         <v>995</v>
       </c>
       <c r="B296" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C296" t="s">
         <v>124</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
         <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
         <v>996</v>
       </c>
       <c r="G296" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
         <v>998</v>
       </c>
       <c r="B297" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C297" t="s">
         <v>128</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
         <v>999</v>
       </c>
       <c r="G297" t="s">
         <v>1000</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
         <v>1001</v>
       </c>
       <c r="B298" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C298" t="s">
         <v>132</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="G298" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
         <v>1004</v>
       </c>
       <c r="B299" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C299" t="s">
         <v>136</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>1005</v>
       </c>
       <c r="G299" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
         <v>1007</v>
       </c>
       <c r="B300" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C300" t="s">
         <v>140</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
         <v>1008</v>
       </c>
       <c r="G300" t="s">
         <v>1009</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
         <v>1010</v>
       </c>
       <c r="B301" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C301" t="s">
         <v>144</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="G301" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
         <v>1013</v>
       </c>
       <c r="B302" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C302" t="s">
         <v>148</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
         <v>11</v>
       </c>
       <c r="F302" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="G302" t="s">
         <v>1015</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
         <v>1016</v>
       </c>
       <c r="B303" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C303" t="s">
         <v>152</v>
       </c>
       <c r="D303" t="s">
         <v>10</v>
       </c>
       <c r="E303" t="s">
         <v>11</v>
       </c>
       <c r="F303" s="1" t="s">
         <v>1017</v>
       </c>
       <c r="G303" t="s">
         <v>1018</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
         <v>1019</v>
       </c>
       <c r="B304" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C304" t="s">
         <v>156</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>11</v>
       </c>
       <c r="F304" s="1" t="s">
         <v>1020</v>
       </c>
       <c r="G304" t="s">
         <v>1021</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
         <v>1022</v>
       </c>
       <c r="B305" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C305" t="s">
         <v>160</v>
       </c>
       <c r="D305" t="s">
         <v>10</v>
       </c>
       <c r="E305" t="s">
         <v>11</v>
       </c>
       <c r="F305" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="G305" t="s">
         <v>1024</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
         <v>1025</v>
       </c>
       <c r="B306" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C306" t="s">
         <v>164</v>
       </c>
       <c r="D306" t="s">
         <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>11</v>
       </c>
       <c r="F306" s="1" t="s">
         <v>1026</v>
       </c>
       <c r="G306" t="s">
         <v>1027</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
         <v>1028</v>
       </c>
       <c r="B307" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C307" t="s">
         <v>168</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="G307" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
         <v>1031</v>
       </c>
       <c r="B308" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C308" t="s">
         <v>172</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
         <v>1032</v>
       </c>
       <c r="G308" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
         <v>1034</v>
       </c>
       <c r="B309" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C309" t="s">
         <v>176</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="G309" t="s">
         <v>1036</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
         <v>1037</v>
       </c>
       <c r="B310" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C310" t="s">
         <v>180</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
         <v>1038</v>
       </c>
       <c r="G310" t="s">
         <v>1039</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
         <v>1040</v>
       </c>
       <c r="B311" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C311" t="s">
         <v>184</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="G311" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
         <v>1043</v>
       </c>
       <c r="B312" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C312" t="s">
         <v>188</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" s="1" t="s">
         <v>1044</v>
       </c>
       <c r="G312" t="s">
         <v>1045</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
         <v>1046</v>
       </c>
       <c r="B313" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C313" t="s">
         <v>192</v>
       </c>
       <c r="D313" t="s">
         <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>1047</v>
       </c>
       <c r="G313" t="s">
         <v>1048</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
         <v>1049</v>
       </c>
       <c r="B314" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C314" t="s">
         <v>196</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>1050</v>
       </c>
       <c r="G314" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
         <v>1052</v>
       </c>
       <c r="B315" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C315" t="s">
         <v>200</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="G315" t="s">
         <v>1054</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
         <v>1055</v>
       </c>
       <c r="B316" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C316" t="s">
         <v>204</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>1056</v>
       </c>
       <c r="G316" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
         <v>1058</v>
       </c>
       <c r="B317" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C317" t="s">
         <v>208</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="G317" t="s">
         <v>1060</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
         <v>1061</v>
       </c>
       <c r="B318" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C318" t="s">
         <v>212</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
         <v>1062</v>
       </c>
       <c r="G318" t="s">
         <v>1063</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
         <v>1064</v>
       </c>
       <c r="B319" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C319" t="s">
         <v>216</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
         <v>1065</v>
       </c>
       <c r="G319" t="s">
         <v>1066</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
         <v>1067</v>
       </c>
       <c r="B320" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C320" t="s">
         <v>220</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
         <v>1068</v>
       </c>
       <c r="G320" t="s">
         <v>1069</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
         <v>1070</v>
       </c>
       <c r="B321" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C321" t="s">
         <v>224</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="G321" t="s">
         <v>1072</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
         <v>1073</v>
       </c>
       <c r="B322" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C322" t="s">
         <v>228</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="G322" t="s">
         <v>1075</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
         <v>1076</v>
       </c>
       <c r="B323" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C323" t="s">
         <v>232</v>
       </c>
       <c r="D323" t="s">
         <v>10</v>
       </c>
       <c r="E323" t="s">
         <v>11</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>770</v>
+        <v>1077</v>
       </c>
       <c r="G323" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="B324" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C324" t="s">
         <v>236</v>
       </c>
       <c r="D324" t="s">
         <v>10</v>
       </c>
       <c r="E324" t="s">
         <v>11</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="G324" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="B325" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C325" t="s">
         <v>240</v>
       </c>
       <c r="D325" t="s">
         <v>10</v>
       </c>
       <c r="E325" t="s">
         <v>11</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="G325" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="B326" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C326" t="s">
         <v>244</v>
       </c>
       <c r="D326" t="s">
         <v>10</v>
       </c>
       <c r="E326" t="s">
         <v>11</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G326" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="B327" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C327" t="s">
         <v>248</v>
       </c>
       <c r="D327" t="s">
         <v>10</v>
       </c>
       <c r="E327" t="s">
         <v>11</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>1088</v>
+        <v>782</v>
       </c>
       <c r="G327" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
         <v>1090</v>
       </c>
       <c r="B328" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C328" t="s">
         <v>252</v>
       </c>
       <c r="D328" t="s">
         <v>10</v>
       </c>
       <c r="E328" t="s">
         <v>11</v>
       </c>
       <c r="F328" s="1" t="s">
         <v>1091</v>
       </c>
       <c r="G328" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
         <v>1093</v>
       </c>
       <c r="B329" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C329" t="s">
         <v>256</v>
       </c>
       <c r="D329" t="s">
         <v>10</v>
       </c>
       <c r="E329" t="s">
         <v>11</v>
       </c>
       <c r="F329" s="1" t="s">
         <v>1094</v>
       </c>
       <c r="G329" t="s">
         <v>1095</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
         <v>1096</v>
       </c>
       <c r="B330" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C330" t="s">
         <v>260</v>
       </c>
       <c r="D330" t="s">
         <v>10</v>
       </c>
       <c r="E330" t="s">
         <v>11</v>
       </c>
       <c r="F330" s="1" t="s">
         <v>1097</v>
       </c>
       <c r="G330" t="s">
         <v>1098</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
         <v>1099</v>
       </c>
       <c r="B331" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C331" t="s">
         <v>264</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>11</v>
       </c>
       <c r="F331" s="1" t="s">
         <v>1100</v>
       </c>
       <c r="G331" t="s">
         <v>1101</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
         <v>1102</v>
       </c>
       <c r="B332" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C332" t="s">
         <v>268</v>
       </c>
       <c r="D332" t="s">
         <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>11</v>
       </c>
       <c r="F332" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="G332" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
         <v>1105</v>
       </c>
       <c r="B333" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C333" t="s">
         <v>272</v>
       </c>
       <c r="D333" t="s">
         <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
         <v>1106</v>
       </c>
       <c r="G333" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
         <v>1108</v>
       </c>
       <c r="B334" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C334" t="s">
         <v>276</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="G334" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
         <v>1111</v>
       </c>
       <c r="B335" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C335" t="s">
         <v>280</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
         <v>1112</v>
       </c>
       <c r="G335" t="s">
         <v>1113</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
         <v>1114</v>
       </c>
       <c r="B336" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C336" t="s">
         <v>284</v>
       </c>
       <c r="D336" t="s">
         <v>10</v>
       </c>
       <c r="E336" t="s">
         <v>11</v>
       </c>
       <c r="F336" s="1" t="s">
         <v>1115</v>
       </c>
       <c r="G336" t="s">
-        <v>1107</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="B337" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C337" t="s">
         <v>288</v>
       </c>
       <c r="D337" t="s">
         <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="G337" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="B338" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C338" t="s">
         <v>292</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="G338" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="B339" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C339" t="s">
         <v>9</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="G339" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="B340" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C340" t="s">
         <v>15</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
         <v>11</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="G340" t="s">
-        <v>1127</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
         <v>1128</v>
       </c>
       <c r="B341" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C341" t="s">
         <v>19</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>1129</v>
       </c>
       <c r="G341" t="s">
         <v>1130</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
         <v>1131</v>
       </c>
       <c r="B342" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C342" t="s">
         <v>23</v>
       </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
         <v>11</v>
       </c>
       <c r="F342" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="G342" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
         <v>1134</v>
       </c>
       <c r="B343" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C343" t="s">
         <v>27</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
         <v>1135</v>
       </c>
       <c r="G343" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
         <v>1137</v>
       </c>
       <c r="B344" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C344" t="s">
         <v>31</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
         <v>11</v>
       </c>
       <c r="F344" s="1" t="s">
         <v>1138</v>
       </c>
       <c r="G344" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
         <v>1140</v>
       </c>
       <c r="B345" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C345" t="s">
         <v>35</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>11</v>
       </c>
       <c r="F345" s="1" t="s">
         <v>1141</v>
       </c>
       <c r="G345" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
         <v>1143</v>
       </c>
       <c r="B346" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C346" t="s">
         <v>39</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
         <v>11</v>
       </c>
       <c r="F346" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="G346" t="s">
         <v>1145</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
         <v>1146</v>
       </c>
       <c r="B347" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C347" t="s">
         <v>43</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="G347" t="s">
         <v>1148</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
         <v>1149</v>
       </c>
       <c r="B348" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C348" t="s">
         <v>47</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>11</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="G348" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
         <v>1152</v>
       </c>
       <c r="B349" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C349" t="s">
         <v>51</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="G349" t="s">
         <v>1154</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
         <v>1155</v>
       </c>
       <c r="B350" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C350" t="s">
         <v>55</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>11</v>
       </c>
       <c r="F350" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="G350" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
         <v>1158</v>
       </c>
       <c r="B351" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C351" t="s">
         <v>59</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
         <v>11</v>
       </c>
       <c r="F351" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="G351" t="s">
         <v>1160</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
         <v>1161</v>
       </c>
       <c r="B352" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C352" t="s">
         <v>63</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>11</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>1162</v>
       </c>
       <c r="G352" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
         <v>1164</v>
       </c>
       <c r="B353" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C353" t="s">
         <v>67</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>1165</v>
       </c>
       <c r="G353" t="s">
         <v>1166</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
         <v>1167</v>
       </c>
       <c r="B354" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C354" t="s">
         <v>71</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
         <v>1168</v>
       </c>
       <c r="G354" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
         <v>1170</v>
       </c>
       <c r="B355" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C355" t="s">
         <v>75</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="G355" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
         <v>1173</v>
       </c>
       <c r="B356" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C356" t="s">
         <v>79</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
         <v>1174</v>
       </c>
       <c r="G356" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
         <v>1176</v>
       </c>
       <c r="B357" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C357" t="s">
         <v>83</v>
       </c>
       <c r="D357" t="s">
         <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>11</v>
       </c>
       <c r="F357" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="G357" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
         <v>1179</v>
       </c>
       <c r="B358" t="s">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="C358" t="s">
         <v>87</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
         <v>11</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="G358" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
         <v>1182</v>
       </c>
       <c r="B359" t="s">
+        <v>950</v>
+      </c>
+      <c r="C359" t="s">
+        <v>91</v>
+      </c>
+      <c r="D359" t="s">
+        <v>10</v>
+      </c>
+      <c r="E359" t="s">
+        <v>11</v>
+      </c>
+      <c r="F359" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="C359" t="s">
-[...8 lines deleted...]
-      <c r="F359" s="1" t="s">
+      <c r="G359" t="s">
         <v>1184</v>
-      </c>
-[...1 lines deleted...]
-        <v>1185</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B360" t="s">
+        <v>950</v>
+      </c>
+      <c r="C360" t="s">
+        <v>95</v>
+      </c>
+      <c r="D360" t="s">
+        <v>10</v>
+      </c>
+      <c r="E360" t="s">
+        <v>11</v>
+      </c>
+      <c r="F360" s="1" t="s">
         <v>1186</v>
       </c>
-      <c r="B360" t="s">
-[...11 lines deleted...]
-      <c r="F360" s="1" t="s">
+      <c r="G360" t="s">
         <v>1187</v>
-      </c>
-[...1 lines deleted...]
-        <v>1188</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B361" t="s">
+        <v>950</v>
+      </c>
+      <c r="C361" t="s">
+        <v>99</v>
+      </c>
+      <c r="D361" t="s">
+        <v>10</v>
+      </c>
+      <c r="E361" t="s">
+        <v>11</v>
+      </c>
+      <c r="F361" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="B361" t="s">
-[...11 lines deleted...]
-      <c r="F361" s="1" t="s">
+      <c r="G361" t="s">
         <v>1190</v>
-      </c>
-[...1 lines deleted...]
-        <v>1191</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B362" t="s">
+        <v>950</v>
+      </c>
+      <c r="C362" t="s">
+        <v>103</v>
+      </c>
+      <c r="D362" t="s">
+        <v>10</v>
+      </c>
+      <c r="E362" t="s">
+        <v>11</v>
+      </c>
+      <c r="F362" s="1" t="s">
         <v>1192</v>
       </c>
-      <c r="B362" t="s">
-[...11 lines deleted...]
-      <c r="F362" s="1" t="s">
+      <c r="G362" t="s">
         <v>1193</v>
-      </c>
-[...1 lines deleted...]
-        <v>1194</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B363" t="s">
         <v>1195</v>
-      </c>
-[...1 lines deleted...]
-        <v>1183</v>
       </c>
       <c r="C363" t="s">
         <v>224</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>11</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="G363" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
         <v>1198</v>
       </c>
       <c r="B364" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C364" t="s">
         <v>228</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>11</v>
       </c>
       <c r="F364" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="G364" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
         <v>1201</v>
       </c>
       <c r="B365" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C365" t="s">
         <v>232</v>
       </c>
       <c r="D365" t="s">
         <v>10</v>
       </c>
       <c r="E365" t="s">
         <v>11</v>
       </c>
       <c r="F365" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="G365" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
         <v>1204</v>
       </c>
       <c r="B366" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C366" t="s">
         <v>236</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>11</v>
       </c>
       <c r="F366" s="1" t="s">
         <v>1205</v>
       </c>
       <c r="G366" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
         <v>1207</v>
       </c>
       <c r="B367" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C367" t="s">
         <v>240</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>11</v>
       </c>
       <c r="F367" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="G367" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
         <v>1210</v>
       </c>
       <c r="B368" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C368" t="s">
         <v>244</v>
       </c>
       <c r="D368" t="s">
         <v>10</v>
       </c>
       <c r="E368" t="s">
         <v>11</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>770</v>
+        <v>1211</v>
       </c>
       <c r="G368" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="B369" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C369" t="s">
         <v>248</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
         <v>11</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="G369" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="B370" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C370" t="s">
         <v>252</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370" t="s">
         <v>11</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>770</v>
+        <v>1217</v>
       </c>
       <c r="G370" t="s">
-        <v>57</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="B371" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C371" t="s">
         <v>256</v>
       </c>
       <c r="D371" t="s">
         <v>10</v>
       </c>
       <c r="E371" t="s">
         <v>11</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="G371" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="B372" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C372" t="s">
         <v>260</v>
       </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>11</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>1220</v>
+        <v>782</v>
       </c>
       <c r="G372" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="B373" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C373" t="s">
         <v>264</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
         <v>11</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="G373" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="B374" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C374" t="s">
         <v>268</v>
       </c>
       <c r="D374" t="s">
         <v>10</v>
       </c>
       <c r="E374" t="s">
         <v>11</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1226</v>
+        <v>782</v>
       </c>
       <c r="G374" t="s">
-        <v>1227</v>
+        <v>73</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
         <v>1228</v>
       </c>
       <c r="B375" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C375" t="s">
         <v>272</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>1229</v>
       </c>
       <c r="G375" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
         <v>1231</v>
       </c>
       <c r="B376" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C376" t="s">
         <v>276</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376" t="s">
         <v>11</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>1232</v>
       </c>
       <c r="G376" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
         <v>1234</v>
       </c>
       <c r="B377" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C377" t="s">
         <v>280</v>
       </c>
       <c r="D377" t="s">
         <v>10</v>
       </c>
       <c r="E377" t="s">
         <v>11</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="G377" t="s">
         <v>1236</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
         <v>1237</v>
       </c>
       <c r="B378" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C378" t="s">
         <v>284</v>
       </c>
       <c r="D378" t="s">
         <v>10</v>
       </c>
       <c r="E378" t="s">
         <v>11</v>
       </c>
       <c r="F378" s="1" t="s">
         <v>1238</v>
       </c>
       <c r="G378" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
         <v>1240</v>
       </c>
       <c r="B379" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C379" t="s">
         <v>288</v>
       </c>
       <c r="D379" t="s">
         <v>10</v>
       </c>
       <c r="E379" t="s">
         <v>11</v>
       </c>
       <c r="F379" s="1" t="s">
         <v>1241</v>
       </c>
       <c r="G379" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
         <v>1243</v>
       </c>
       <c r="B380" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C380" t="s">
         <v>292</v>
       </c>
       <c r="D380" t="s">
         <v>10</v>
       </c>
       <c r="E380" t="s">
         <v>11</v>
       </c>
       <c r="F380" s="1" t="s">
         <v>1244</v>
       </c>
       <c r="G380" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
         <v>1246</v>
       </c>
       <c r="B381" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C381" t="s">
         <v>9</v>
       </c>
       <c r="D381" t="s">
         <v>10</v>
       </c>
       <c r="E381" t="s">
         <v>11</v>
       </c>
       <c r="F381" s="1" t="s">
         <v>1247</v>
       </c>
       <c r="G381" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
         <v>1249</v>
       </c>
       <c r="B382" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C382" t="s">
         <v>15</v>
       </c>
       <c r="D382" t="s">
         <v>10</v>
       </c>
       <c r="E382" t="s">
         <v>11</v>
       </c>
       <c r="F382" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="G382" t="s">
         <v>1251</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
         <v>1252</v>
       </c>
       <c r="B383" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C383" t="s">
         <v>19</v>
       </c>
       <c r="D383" t="s">
         <v>10</v>
       </c>
       <c r="E383" t="s">
         <v>11</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>1253</v>
       </c>
       <c r="G383" t="s">
         <v>1254</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
         <v>1255</v>
       </c>
       <c r="B384" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C384" t="s">
         <v>23</v>
       </c>
       <c r="D384" t="s">
         <v>10</v>
       </c>
       <c r="E384" t="s">
         <v>11</v>
       </c>
       <c r="F384" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="G384" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
         <v>1258</v>
       </c>
       <c r="B385" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C385" t="s">
         <v>27</v>
       </c>
       <c r="D385" t="s">
         <v>10</v>
       </c>
       <c r="E385" t="s">
         <v>11</v>
       </c>
       <c r="F385" s="1" t="s">
         <v>1259</v>
       </c>
       <c r="G385" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
         <v>1261</v>
       </c>
       <c r="B386" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C386" t="s">
         <v>31</v>
       </c>
       <c r="D386" t="s">
         <v>10</v>
       </c>
       <c r="E386" t="s">
         <v>11</v>
       </c>
       <c r="F386" s="1" t="s">
         <v>1262</v>
       </c>
       <c r="G386" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
         <v>1264</v>
       </c>
       <c r="B387" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C387" t="s">
         <v>35</v>
       </c>
       <c r="D387" t="s">
         <v>10</v>
       </c>
       <c r="E387" t="s">
         <v>11</v>
       </c>
       <c r="F387" s="1" t="s">
         <v>1265</v>
       </c>
       <c r="G387" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
         <v>1267</v>
       </c>
       <c r="B388" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C388" t="s">
         <v>39</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>11</v>
       </c>
       <c r="F388" s="1" t="s">
         <v>1268</v>
       </c>
       <c r="G388" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
         <v>1270</v>
       </c>
       <c r="B389" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C389" t="s">
         <v>43</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
         <v>11</v>
       </c>
       <c r="F389" s="1" t="s">
         <v>1271</v>
       </c>
       <c r="G389" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
         <v>1273</v>
       </c>
       <c r="B390" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C390" t="s">
         <v>47</v>
       </c>
       <c r="D390" t="s">
         <v>10</v>
       </c>
       <c r="E390" t="s">
         <v>11</v>
       </c>
       <c r="F390" s="1" t="s">
         <v>1274</v>
       </c>
       <c r="G390" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
         <v>1276</v>
       </c>
       <c r="B391" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C391" t="s">
         <v>51</v>
       </c>
       <c r="D391" t="s">
         <v>10</v>
       </c>
       <c r="E391" t="s">
         <v>11</v>
       </c>
       <c r="F391" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="G391" t="s">
         <v>1278</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
         <v>1279</v>
       </c>
       <c r="B392" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C392" t="s">
         <v>55</v>
       </c>
       <c r="D392" t="s">
         <v>10</v>
       </c>
       <c r="E392" t="s">
         <v>11</v>
       </c>
       <c r="F392" s="1" t="s">
         <v>1280</v>
       </c>
       <c r="G392" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
         <v>1282</v>
       </c>
       <c r="B393" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C393" t="s">
         <v>59</v>
       </c>
       <c r="D393" t="s">
         <v>10</v>
       </c>
       <c r="E393" t="s">
         <v>11</v>
       </c>
       <c r="F393" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="G393" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
         <v>1285</v>
       </c>
       <c r="B394" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C394" t="s">
         <v>63</v>
       </c>
       <c r="D394" t="s">
         <v>10</v>
       </c>
       <c r="E394" t="s">
         <v>11</v>
       </c>
       <c r="F394" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="G394" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
         <v>1288</v>
       </c>
       <c r="B395" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C395" t="s">
         <v>67</v>
       </c>
       <c r="D395" t="s">
         <v>10</v>
       </c>
       <c r="E395" t="s">
         <v>11</v>
       </c>
       <c r="F395" s="1" t="s">
         <v>1289</v>
       </c>
       <c r="G395" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
         <v>1291</v>
       </c>
       <c r="B396" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C396" t="s">
         <v>71</v>
       </c>
       <c r="D396" t="s">
         <v>10</v>
       </c>
       <c r="E396" t="s">
         <v>11</v>
       </c>
       <c r="F396" s="1" t="s">
         <v>1292</v>
       </c>
       <c r="G396" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
         <v>1294</v>
       </c>
       <c r="B397" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C397" t="s">
         <v>75</v>
       </c>
       <c r="D397" t="s">
         <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>11</v>
       </c>
       <c r="F397" s="1" t="s">
         <v>1295</v>
       </c>
       <c r="G397" t="s">
         <v>1296</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
         <v>1297</v>
       </c>
       <c r="B398" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C398" t="s">
         <v>79</v>
       </c>
       <c r="D398" t="s">
         <v>10</v>
       </c>
       <c r="E398" t="s">
         <v>11</v>
       </c>
       <c r="F398" s="1" t="s">
         <v>1298</v>
       </c>
       <c r="G398" t="s">
-        <v>936</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="B399" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C399" t="s">
         <v>83</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
         <v>11</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="G399" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="B400" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="C400" t="s">
         <v>87</v>
       </c>
       <c r="D400" t="s">
         <v>10</v>
       </c>
       <c r="E400" t="s">
         <v>11</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="G400" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="B401" t="s">
-        <v>1306</v>
+        <v>1195</v>
       </c>
       <c r="C401" t="s">
-        <v>71</v>
+        <v>91</v>
       </c>
       <c r="D401" t="s">
         <v>10</v>
       </c>
       <c r="E401" t="s">
         <v>11</v>
       </c>
       <c r="F401" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="G401" t="s">
         <v>1308</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
         <v>1309</v>
       </c>
       <c r="B402" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C402" t="s">
+        <v>95</v>
+      </c>
+      <c r="D402" t="s">
+        <v>10</v>
+      </c>
+      <c r="E402" t="s">
+        <v>11</v>
+      </c>
+      <c r="F402" s="1" t="s">
         <v>1310</v>
       </c>
-      <c r="C402" t="s">
-[...8 lines deleted...]
-      <c r="F402" s="1" t="s">
+      <c r="G402" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="403" spans="1:7">
+      <c r="A403" t="s">
         <v>1311</v>
       </c>
-      <c r="G402" t="s">
-        <v>1308</v>
+      <c r="B403" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C403" t="s">
+        <v>99</v>
+      </c>
+      <c r="D403" t="s">
+        <v>10</v>
+      </c>
+      <c r="E403" t="s">
+        <v>11</v>
+      </c>
+      <c r="F403" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="G403" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="404" spans="1:7">
+      <c r="A404" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C404" t="s">
+        <v>103</v>
+      </c>
+      <c r="D404" t="s">
+        <v>10</v>
+      </c>
+      <c r="E404" t="s">
+        <v>11</v>
+      </c>
+      <c r="F404" s="1" t="s">
+        <v>1315</v>
+      </c>
+      <c r="G404" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="405" spans="1:7">
+      <c r="A405" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B405" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C405" t="s">
+        <v>87</v>
+      </c>
+      <c r="D405" t="s">
+        <v>10</v>
+      </c>
+      <c r="E405" t="s">
+        <v>11</v>
+      </c>
+      <c r="F405" s="1" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G405" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="406" spans="1:7">
+      <c r="A406" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C406" t="s">
+        <v>55</v>
+      </c>
+      <c r="D406" t="s">
+        <v>10</v>
+      </c>
+      <c r="E406" t="s">
+        <v>11</v>
+      </c>
+      <c r="F406" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="G406" t="s">
+        <v>1320</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -13966,50 +14094,54 @@
     <hyperlink ref="F378" r:id="rId377"/>
     <hyperlink ref="F379" r:id="rId378"/>
     <hyperlink ref="F380" r:id="rId379"/>
     <hyperlink ref="F381" r:id="rId380"/>
     <hyperlink ref="F382" r:id="rId381"/>
     <hyperlink ref="F383" r:id="rId382"/>
     <hyperlink ref="F384" r:id="rId383"/>
     <hyperlink ref="F385" r:id="rId384"/>
     <hyperlink ref="F386" r:id="rId385"/>
     <hyperlink ref="F387" r:id="rId386"/>
     <hyperlink ref="F388" r:id="rId387"/>
     <hyperlink ref="F389" r:id="rId388"/>
     <hyperlink ref="F390" r:id="rId389"/>
     <hyperlink ref="F391" r:id="rId390"/>
     <hyperlink ref="F392" r:id="rId391"/>
     <hyperlink ref="F393" r:id="rId392"/>
     <hyperlink ref="F394" r:id="rId393"/>
     <hyperlink ref="F395" r:id="rId394"/>
     <hyperlink ref="F396" r:id="rId395"/>
     <hyperlink ref="F397" r:id="rId396"/>
     <hyperlink ref="F398" r:id="rId397"/>
     <hyperlink ref="F399" r:id="rId398"/>
     <hyperlink ref="F400" r:id="rId399"/>
     <hyperlink ref="F401" r:id="rId400"/>
     <hyperlink ref="F402" r:id="rId401"/>
+    <hyperlink ref="F403" r:id="rId402"/>
+    <hyperlink ref="F404" r:id="rId403"/>
+    <hyperlink ref="F405" r:id="rId404"/>
+    <hyperlink ref="F406" r:id="rId405"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>