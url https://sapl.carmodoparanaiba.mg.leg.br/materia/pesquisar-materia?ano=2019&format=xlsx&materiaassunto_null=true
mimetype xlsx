--- v0 (2025-12-28)
+++ v1 (2026-03-05)
@@ -54,1692 +54,1692 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Subtenente Vaz</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1100/indicacao_no_01-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1100/indicacao_no_01-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando providências do Prefeito, no sentido de promover um mutirão de limpeza em todas as Escolas Municipais e CEMEI's de Carmo do Paranaiba</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Getulio Henrique</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1103/indicacao_no_02-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1103/indicacao_no_02-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando providências do Prefeito, no sentido de se buscar o apoio da EMATER/MG e o apoio do Conselho Municipal de Desenvolvimento Rural Sustentável – CMDRS, visando à conscientização dos produtores rurais do Município de Carmo do Paranaíba para o controle da erosão nas estradas vicinais, em atendimento à “Lei Municipal nº 1.850, de 15 de setembro de 2006”, aprovada nesta Casa Legislativa, na Legislatura 2005/2008, sancionada pelo Ex-Prefeito João Braz de Queiroz, para atendimento das seguintes ações: 1) Construção de bolsões nas margens das estradas vicinais para a retenção das águas de chuvas (enxurradas); 2) Encascalhamento de currais, manutenção de silos e terreiros de café para os produtores que trabalham com a pecuária de leite e a cafeicultura; 3) Disponibilização de mudas de árvores nativas ou frutíferas com o intuito de facilitar e incentivar os produtores rurais a reflorestarem as suas propriedades, bem como, protegerem as nascentes e as bacias hidrográficas da região</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Haroldo Andrade</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1104/indicacao_no_03-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1104/indicacao_no_03-2019.pdf</t>
   </si>
   <si>
     <t>solicitando providências urgentes do Prefeito, no sentido de se realizar uma limpeza geral nos canteiros centrais das avenidas, nas praças e nas vias públicas de nossa cidade, em atendimento de muitas reclamações dos cidadãos que pagam os seus impostos e querem o retorno em prestação de serviços de qualidade</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Romis do Pedro Silvestre</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1108/indicacao_no_04-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1108/indicacao_no_04-2019.pdf</t>
   </si>
   <si>
     <t>solicitando providências do Prefeito, no sentido de se fazer uma limpeza e uma operação tapa-buracos no asfalto das seguintes comunidades rurais: Lagoa dos Estulanos, Água Limpa, Campo do Meio, Mata do Salgado, Pimentas, São Bento e Sossego, haja vista, que as enxurradas das últimas chuvas carregaram muita lama e deixaram o asfalto dessas comunidades com muitos buracos. Ressalte-se ainda, senhor Prefeito, que há a necessidade de se fazer uma capina nos passeios ou nas laterais das vias de acesso destas comunidades rurais.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1112/indicacao_no_05-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1112/indicacao_no_05-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando providências do Prefeito, no sentido de fazer uma operação tapa-buracos no asfalto da Avenida das Palmeiras e tomar outras providências no Bairro Nova Floresta, neste Município.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1125/indicacao_no__06-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1125/indicacao_no__06-2019.pdf</t>
   </si>
   <si>
     <t>'Solicitando providencias do prefeito no sentido de regulamentar a Lei Municipal nº 1.850, de 15/9/2006, visando melhorar a conservação das estradas rurais e roçar a margem da estrada que vai até a Ponte Funda.'</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Silvânia Lopes</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1126/indicacao_no__07-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1126/indicacao_no__07-2019.pdf</t>
   </si>
   <si>
     <t>'Indicação solicitando providencias do prefeito no sentido de encaminhar agentes de saúde às comunidades Rurais de Bravinhos e Lagoa dos Estulanos, visto que estas há muito não possuem tais profissionais para atender a demanda existente'</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Danilo Péia</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1130/indicacao_no__08-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1130/indicacao_no__08-2019.pdf</t>
   </si>
   <si>
     <t>"Sugere ao Excelentíssimo Senhor Prefeito, que fixe multa por meio de lei contra os donos de lotes ou residencias onde sejam encontrados focos da dengue."</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1131/indicacao_no_09-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1131/indicacao_no_09-2019.pdf</t>
   </si>
   <si>
     <t>"Indica a construção de pontos de espera de ônibus, caronas e que estes sejam cobertos, em todas as saídas da cidade, para resguardar a segurança das pessoas que necessitam por caronas parar retorno a zona rural".</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1132/indicacao_no_10-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1132/indicacao_no_10-2019.pdf</t>
   </si>
   <si>
     <t>"Solicita providências do Prefeito, no sentido de que sejam concedidos isenção de multa e juros de mora, bem como o parcelamento de dívidas fiscais aos contribuintes municipais, conforme autoriza a Lei Municipal nº 1.409, de 16 de outubro de 1995".</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1144/indicacao_no_11-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1144/indicacao_no_11-2019.pdf</t>
   </si>
   <si>
     <t>''Solicita providências no sentido de empenhar junto a Secretaria Municipal de Obras, Infra Estrutura e Trânsito para que junto a empresa vencedora ca coleta de lixos, faça um cronograma com rotas e horários para facilitar para os moradores colocarem seus lixos nas vias publicas ."</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1145/indicacao_no_12-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1145/indicacao_no_12-2019.pdf</t>
   </si>
   <si>
     <t>''Solicita providências no sentido de empenhar junto a Secretaria Municipal de Transporte para reparar a estrada vicinal do Sobrado/Boa Esperança neste Município e dá outras providencias.''</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Julio do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1148/indicacao_no_13-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1148/indicacao_no_13-2019.pdf</t>
   </si>
   <si>
     <t>Solicitando providências do Prefeito, no sentido de realizar melhorias nas estradas que dão acesso às propriedades dos senhores Hélio Furtado de Oliveira, Sebastião Soares da Silva e Armando Linhares/Zeca Camilão e Wilton, com diversas ações previstas no bojo da proposição</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1151/indicacao_no_14-2019_-_julio_-_iluminacao_parte_qRed6uP.doc</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1151/indicacao_no_14-2019_-_julio_-_iluminacao_parte_qRed6uP.doc</t>
   </si>
   <si>
     <t>Solicita providências no sentido de instalar postes com braços de luz na Av. Pres. Tancredo de Almeida Neves, partindo do Posto Morro Grande até a Mercearia do Fofão, para que os moradores e comerciantes ali instalados possam ser beneficiados com a iluminação pública da mesma forma que os do outro lado da avenida.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1158/indicacao_no_15-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1158/indicacao_no_15-2019.pdf</t>
   </si>
   <si>
     <t>Requer que o Município solicite ao departamento Nacional de Infraestruturada e Trânsito - DNIT, que faça a iluminação dos pontos de ônibus e ou paradas no trevo de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Siomar Rodigues</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1162/indicacao_no_16-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1162/indicacao_no_16-2019.pdf</t>
   </si>
   <si>
     <t>Solicita providências urgentes do Prefeito, no sentido de se instalar placas de sinalização de trânsito com a colocação de redutores de velocidade e outros meios que se fizerem necessários, no cruzamento das ruas Gabriel Gontijo e Salatiel Siqueira, localizadas no Bairro Niterói, nesta cidade</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1163/indicacao_no_17-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1163/indicacao_no_17-2019.pdf</t>
   </si>
   <si>
     <t>Solicita providências urgentes do Prefeito, no sentido de se reconstruir a ponte sobre o Córrego Rincão, localizada na comunidade de Taquara, neste município</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1165/indicacao_no_18-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1165/indicacao_no_18-2019.pdf</t>
   </si>
   <si>
     <t>Solicita providências do Prefeito, no sentido de se retirar a mão única do trecho da Rua Pref. Ismael Furtado, localizado nas imediações da Câmara Municipal, permitindo o estacionamento de veículos em apenas um dos lados da via, como já ocorre na Rua Afonso Pena entre a Av. Costa Júnior e a Rua Miguel Furtado. Solicita ainda, a inversão das placas de sinalização localizadas no cruzamento da Rua Pref. Ismael Furtado com a Av. Paranaíba e que seja reinstalado o sinal no semáforo em frente à Câmara Municipal</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1166/indicacao_no_19-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1166/indicacao_no_19-2019.pdf</t>
   </si>
   <si>
     <t>Indicando ao Prefeito a instalação de quebra-molas na Av. Zico da Usina, na pista que margeia o loteamento Novo Paraíso, entre a Rua 1 e a Rua Vigilato Rodrigues, onde os motoristas estão abusando da velocidade para aterrorizar a vida das pessoas que ali transitam, além de matar animais tais como: gatos, cachorros e até pássaros</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Albert Reis</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Indicação 20/2019,  indicando que ''o chefe do poder executivo "busque as devidas informações sobre a Lei Estadual 23422 de 19 de setembro de 2019.''</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Indica  instalação de redutor de velocidade (quebra-molas)  na Rua Gabriel Gontijo, na altura do nº 401, no B. Niterói.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Indicação ao Excelentíssimo Senhor Prefeito Municipal, César Caetano de Almeida Filho, indicando a construção de um Clube Recreativo Público, às margens da “Lagoa do Soares”.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1190/indicacao_no_23-2019_-.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1190/indicacao_no_23-2019_-.pdf</t>
   </si>
   <si>
     <t>Indicando a reparação da Rua Padre Manoel, bem como a reparação da grade de aço em frente ao Colégio Pólis.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1246/indicacao_no_24_-_vereador_danilo_-_galeria_pluvial.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1246/indicacao_no_24_-_vereador_danilo_-_galeria_pluvial.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma galeria pluvial entre a Avenida Frei Gabriel e a Rua Cristiano Lourenço.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>MVETO</t>
   </si>
   <si>
     <t>Mensagem de Veto</t>
   </si>
   <si>
     <t>César Caetano de Almeida Filho</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1157/pl_no_27-2019_-_mensagem_de_veto_no_01.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1157/pl_no_27-2019_-_mensagem_de_veto_no_01.pdf</t>
   </si>
   <si>
     <t>Mensagem de Veto (PARCIAL) nº 01/2019, originária do Projeto de Lei nº 27/2019, de autoria do vereador Jader Quintino Alves, que "Institui a Política de Bem-Estar Animal e dispõe sobre ações objetivando o bem-estar animal, o controle populacional, o estímulo à guarda ou posse responsável, o incentivo à adoção de animais, a proibição à prática de maus-tratos a animais no Município de Carmo do Paranaíba, e dá outras providências</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1183/pl_no_30-2019_-_mensagem_de_veto_02-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1183/pl_no_30-2019_-_mensagem_de_veto_02-2019.pdf</t>
   </si>
   <si>
     <t>Mensagem de Veto (parcial) nº 02/2019, de autoria do Prefeito, relacionada à Proposição de Lei nº 683/2019, originária do PL nº 30/2019, de autoria do vereador Albert Reis.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1257/mensagerm_de_veto_no_03-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1257/mensagerm_de_veto_no_03-2019.pdf</t>
   </si>
   <si>
     <t>Veto Parcial a Proposição de Lei nº 698 de 13 de Dezembro de 2019 que "Estima a Receita e Fixa a Despesa para o município de Carmo do Paranaíba-MG, para o Exercício Financeiro de 2020" - Propostas de Emenda Substitutiva nº 17, 28 e 30.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>MOCRP</t>
   </si>
   <si>
     <t>Moção de Repúdio</t>
   </si>
   <si>
     <t>Moção de Repúdio ao GOVERNO FEDERAL, que está preparando para privatizar a Companhia Brasileira de Correios e Telegráfos.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>MOCAP</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1208/mocao_de_aplauso_no_01_-_2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1208/mocao_de_aplauso_no_01_-_2019.pdf</t>
   </si>
   <si>
     <t>Deixar registrado seu aplauso à DIRETORIA DO PARANAÍBA ESPORTE CLUBE.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1209/mocao_de_aplauso_no02-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1209/mocao_de_aplauso_no02-2019.pdf</t>
   </si>
   <si>
     <t>Deixar registrado seu aplauso a MRC Construção Metálica e Civil.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1210/mocao_de_aplausos_no03-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1210/mocao_de_aplausos_no03-2019.pdf</t>
   </si>
   <si>
     <t>Deixar registrado seu aplauso aos SERVIDORES DA CÂMARA MUNICIPAL DE CARMO DO PARANAÍBA.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1211/mocao_de_aplauso_no_04-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1211/mocao_de_aplauso_no_04-2019.pdf</t>
   </si>
   <si>
     <t>Deixar registrado seu aplauso a Ilustríssima Senhora PAULA GOMES SILVA.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>Jader Dois Irmãos</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1212/mocao_de_aplauso_no_05-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1212/mocao_de_aplauso_no_05-2019.pdf</t>
   </si>
   <si>
     <t>Deixar registrado seu aplauso à Associação Carmense de Proteção Animal – ACARPA.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1213/mocao_de_aplauso_no_06-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1213/mocao_de_aplauso_no_06-2019.pdf</t>
   </si>
   <si>
     <t>Deixar registrado seu aplauso ao Ilustríssimo Senhor Geraldo Magela de Souza.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1214/mocao_de_aplauso_no_02-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1214/mocao_de_aplauso_no_02-2019.pdf</t>
   </si>
   <si>
     <t>Deixar registrado seu aplauso ao Ilustríssimo Senhor Ajax Barcelos.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1215/mocao_de_aplauso_no_08-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1215/mocao_de_aplauso_no_08-2019.pdf</t>
   </si>
   <si>
     <t>Deixar registrado seu aplauso ao Ilustríssimo Senhor Hamilton José Pinto.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1216/mocao_de_aplauso_no_09-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1216/mocao_de_aplauso_no_09-2019.pdf</t>
   </si>
   <si>
     <t>Deixar registrado seu aplauso ao Ilustríssimo Senhor Fausto Gonçalves Araújo.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1217/mocao_de_aplauso_no_10-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1217/mocao_de_aplauso_no_10-2019.pdf</t>
   </si>
   <si>
     <t>Deixar registrado seu aplauso a Polícia Civil de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>PDC</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1196/projeto_de_decreto_legislativo_no_01-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1196/projeto_de_decreto_legislativo_no_01-2019.pdf</t>
   </si>
   <si>
     <t>Outorga o Diploma de Honra ao Mérito a senhora Delsuita de Oliveira Guimarães Pinto (Tita do Hamilton), por sua dedicação ao desenvolvimento da comunidade carmense.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1197/projeto_de_decreto_legislativo_no_02-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1197/projeto_de_decreto_legislativo_no_02-2019.pdf</t>
   </si>
   <si>
     <t>Outorga o Diploma de Honra ao Mérito a senhora Marcely Cássia de Oliveira Melo, por sua dedicação ao desenvolvimento da comunidade carmense.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1198/projeto_de_decreto_legislativo_no_03-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1198/projeto_de_decreto_legislativo_no_03-2019.pdf</t>
   </si>
   <si>
     <t>Outorga o Diploma de Honra ao Mérito ao senhor José Geraldo da Silva, por sua dedicação ao desenvolvimento da comunidade carmense.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1199/projeto_de_decreto_legislativo_no_04-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1199/projeto_de_decreto_legislativo_no_04-2019.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadão Carmense ao Deputado Estadual Elismar Prado.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>Nenê de Quintinos</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1200/projeto_de_decreto_legislativo_no_05-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1200/projeto_de_decreto_legislativo_no_05-2019.pdf</t>
   </si>
   <si>
     <t>Outorga o Diploma de Honra ao Mérito a senhora Adriana Morais de Almeida, por sua dedicação ao desenvolvimento da comunidade carmense.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1201/projeto_de_decreto_legislativo_no_06-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1201/projeto_de_decreto_legislativo_no_06-2019.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadão Carmense ao Excelentíssimo Senhor Doutor Juiz de Direito Denes Marcos Vieira.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1202/projeto_de_decreto_legislativo_no_07-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1202/projeto_de_decreto_legislativo_no_07-2019.pdf</t>
   </si>
   <si>
     <t>Outorga o Diploma de Honra ao Mérito ao senhor José Queiroz da Silva, por sua dedicação ao desenvolvimento da comunidade carmense.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1203/projeto_de_decreto_legislativo_no_08-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1203/projeto_de_decreto_legislativo_no_08-2019.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadão Carmense ao Ilmo. Sr. Antônio Marcos de Souza.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1204/projeto_de_decreto_legislativo_no_09-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1204/projeto_de_decreto_legislativo_no_09-2019.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadão Carmense LUIZ GONZAGA DE OLIVEIRA (Paulista Picolezeiro).</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1205/projeto_de_decreto_legislativo_no_10-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1205/projeto_de_decreto_legislativo_no_10-2019.pdf</t>
   </si>
   <si>
     <t>Outorga o Diploma de Honra ao Mérito ao senhor Diomásio Junior Caetano, por sua dedicação ao desenvolvimento da comunidade carmense.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1206/projeto_de_decreto_legislativo_no_11-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1206/projeto_de_decreto_legislativo_no_11-2019.pdf</t>
   </si>
   <si>
     <t>Outorga o Diploma de Honra ao Mérito a senhora Nilza Lulcilene de Matos Rodrigues, por sua dedicação e atuação na área da educação da comunidade carmense.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1219/projeto_de_decreto_legislativo_no_12-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1219/projeto_de_decreto_legislativo_no_12-2019.pdf</t>
   </si>
   <si>
     <t>Outorga o Título Honorífico de Cidadão Carmense a senhora Márcia Mayumi Tomizawa.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1117/plc_no_01-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1117/plc_no_01-2019.pdf</t>
   </si>
   <si>
     <t>Alteram-se dispositivos da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, que dispõe sobre a Reestruturação do Plano de Cargos, Carreiras e Vencimentos dos Servidores da Câmara Municipal de Carmo do Paranaíba/MG, e dá outras providências</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1096/pl_no_01-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1096/pl_no_01-2019.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos Servidores Públicos Municipais que especifica</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1097/pl_no_02-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1097/pl_no_02-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual e reajuste dos vencimentos dos servidores da Câmara Municipal de Carmo do Paranaíba, e dá outras providências</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1099/pl_no_03-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1099/pl_no_03-2019.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 11 da Lei Municipal nº 1.945, de 02 de dezembro de 2008, que autorizou o Poder Executivo Municipal a celebrar convênio de cooperação com o Estado de Minas Gerais, com a finalidade de estabelecer uma colaboração federativa na organização, regulação, fiscalização e prestação de serviços públicos municipais de abastecimento de água e esgotamento sanitário</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1101/pl_no_04-2018.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1101/pl_no_04-2018.pdf</t>
   </si>
   <si>
     <t>Institui o "Programa Educação para o Trânsito" como atividade extracurricular na rede municipal de ensino, da pré-escola ao ensino fundamental</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1102/pl_no_05-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1102/pl_no_05-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de Manoel Veloso de Deus (Neca Veloso) a Rua 4, localizada no Bairro Novo Paraíso, nesta cidade</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1109/pl_no_06-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1109/pl_no_06-2019.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário oficial do Município de Carmo do Paranaíba o "Dia Municipal do Serviço Leonístico do Lions Clube - Maurício Rios", a ser comemorado no dia 08 de outubro de cada ano, independentemente, de ser dia útil ou não</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1113/pl_no_07-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1113/pl_no_07-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 1º do art. 1º da Lei Municipal nº 2.504, de 21 de dezembro de 2018, que autoriza o Poder Executivo do Município de Carmo do Paranaíba (MG) a efetuar repasses financeiros de subvenções, contribuições e auxílios às entidades que menciona e outros auxílios financeiros a pessoas físicas, e dá outras providências</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1114/pl_no_08-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1114/pl_no_08-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo de Carmo do Paranaíba, Estado de Minas Gerais, a abrir crédito suplementar por anulação no valor de R$55.000,00 (cinquenta e cinco mil reais), e dá outras providências</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1115/pl_no_09-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1115/pl_no_09-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo de Carmo do Paranaíba, Estado de Minas Gerais, a abrir Crédito Suplementar por anulação no valor de R$7.000,00 (sete mil reais), e dá outras providências</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1116/pl_no_10-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1116/pl_no_10-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo de Carmo do Paranaíba, Estado de Minas Gerais, a abrir Crédito Especial por anulação no valor de R$100.000,00 (cem mil reais), e dá outras providências</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1118/pl_no_11-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1118/pl_no_11-2019.pdf</t>
   </si>
   <si>
     <t>Cria diárias de viagens no âmbito do Poder Legislativo Municipal, para os vereadores e os servidores, fixa seus valores e a forma de prestar contas, e dá outras providências</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1122/pl_no_12-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1122/pl_no_12-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Adicional Especial por anulação, no valor de R$200.000,00 (duzentos mil reais), no orçamento vigente, e dá outras providências</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1123/pl_13_-_2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1123/pl_13_-_2019.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Carmo do Paranaíba, a "Semana de Incentivo ao Aleitamento Materno".</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1124/pl_14_-_2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1124/pl_14_-_2019.pdf</t>
   </si>
   <si>
     <t>"Reconhece e declara como entidade de utilidade pública municipal, a Associação dos Feirantes e Produtores Rurais de Carmo do Paranaíba/MG."</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1127/pl_no_15-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1127/pl_no_15-2019.pdf</t>
   </si>
   <si>
     <t>Reduz a jornada de trabalho dos servidores públicos municipais que ocupam o cargo de Cantineira e Auxiliar de Serviços</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1128/pl_no_16-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1128/pl_no_16-2019.pdf</t>
   </si>
   <si>
     <t>Retifica a Lei Municipal nº 2.517, de 16 de abril de 2019, que autoriza abertura de Crédito Especial por anulação no Orçamento vigente, e dá outras providências</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1129/pl_no_17-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1129/pl_no_17-2019.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1º, da Lei Municipal nº 2.298, de 09 de dezembro de 2014</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1134/pl_no_18-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1134/pl_no_18-2019.pdf</t>
   </si>
   <si>
     <t>Reduz a jornada de trabalho dos servidores públicos municipais que ocupam o cargo de cantineira a Auxiliares de Serviços.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1135/pl_no_19-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1135/pl_no_19-2019.pdf</t>
   </si>
   <si>
     <t>Disciplina a instalação de faixas elevadas para a travessia de pedestres em frente às escolas e CEMEI's de Carmo do Paranaíba, e dá outras providências</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1136/pl_no_20-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1136/pl_no_20-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o disponibilização de cadeiras de rodas em todas as escolas do Município de Carmo do Paranaíba</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1137/pl_no_21-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1137/pl_no_21-2019.pdf</t>
   </si>
   <si>
     <t>Concede reajuste salarial aos servidores públicos da administração direta e indireta do Poder Executivo, e dá outras providências</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1138/pl_no_22-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1138/pl_no_22-2019.pdf</t>
   </si>
   <si>
     <t>Institui diárias de viagens para os Secretários Municipais alterando as disposições da Lei Municipal nº 1.982, de 26 de junho de 2009</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1139/pl_no_23-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1139/pl_no_23-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder anistia parcial da multa e remissão parcial dos juros a contribuintes inadimplentes, e dá outras providências</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1140/pl_no_24-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1140/pl_no_24-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2020, e dá outras providências</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Modifica-se o § 4º e acrescenta-se o § 5º ao Art. 8º, da Lei Municipal nº 2.512, de 27 de março de 2019, que dispõe sobre as diárias de viagens no âmbito do Poder Legislativo, e dá outras providências</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1147/pl_no_26-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1147/pl_no_26-2019.pdf</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Institui a Política de Bem-Estar Animal e dispõe sobre ações objetivando o bem-estar animal, o controle populacional, o estímulo à guarda ou posse responsável, o incentivo à adoção de animais, a proibição à prática de maus-tratos a animais no Município de Carmo do Paranaíba, e dá outras providências</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1156/pl_no_28-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1156/pl_no_28-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de “Lázaro Carolino Pereira”, a travessia do Córrego do Pinto, localizada na Comunidade de Sossego, Município de Carmo do Paranaíba, Estado de Minas Gerais</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1159/pl_no_29-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1159/pl_no_29-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de "Irani Antunes Sampaio - Canhoto", o Campo Society localizado na Avenida Santa Cruz s/nº, Bairro Santa Cruz, Carmo do Paranaíba/MG</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1161/pl_no_30-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1161/pl_no_30-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a Secretaria Municipal de Saúde a desenvolver campanha de combate à pratica do aborto criminoso e suas consequências penais, bem como a prevenção de gravidez indesejada</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1164/pl_no_31-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1164/pl_no_31-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Carmo do Paranaíba a associar e contribuir anualmente com o colegiado dos gestores municipais da Assistência Social de Minas Gerais - COGEMAS/MG, e dá outras providências</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1167/pl_no_32-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1167/pl_no_32-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a oferta de merenda escolar adequada para alunos diabéticos, hipertensos ou obesos na rede pública municipal de ensino, e dá outras providências</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1170/pl_no_33-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1170/pl_no_33-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a estadualização da estrada intermunicipal, trecho compreendido entre o perímetro urbano a partir do final da Avenida Frei Gabriel até a ponte sobre o Rio Paranaíba, divisa entre os Municípios de Carmo do Paranaíba e Serra do Salitre</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1171/pl_no_34-2019_44MxXLZ.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1171/pl_no_34-2019_44MxXLZ.pdf</t>
   </si>
   <si>
     <t>Altera a redação do § 1º do Art. 1º da Lei Municipal nº 2.504, de 21 de dezembro de 2018, que autoriza o Poder Executivo do Município de Carmo do Paranaíba (MG) a efetuar repasses financeiros de subvenções, contribuições e auxílios às entidades que menciona e outros auxílios financeiros a pessoas físicas, abre Crédito Adicional Suplementar por Anulação, e dá outras providências</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1172/pl_no_35-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1172/pl_no_35-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a conceder Gratificação de Produtividade Fiscal (GPF) e dá outras providências".</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>"Autoriza abertura de Crédito Adicional Especial por Anulação no Orçamento Vigente e dá outras Providencias"</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1174/pl_no_37-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1174/pl_no_37-2019.pdf</t>
   </si>
   <si>
     <t>Cria a Semana da Reciclagem nas escolas e Preservação do Meio Ambiente e dá outras providências.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1177/plo_38-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1177/plo_38-2019.pdf</t>
   </si>
   <si>
     <t>Dispões sobre Requisições de Pequeno Valor do Município de Carmo do Paranaíba/MG e dá outras providências.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1179/pl_no_39-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1179/pl_no_39-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 685 de 27 de Outubro de 1971.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1180/pl_no_40-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1180/pl_no_40-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de Francisca Domingues de Araújo a Rua 2, localizada no Bairro Novo Paraíso.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1181/pl_no_41-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1181/pl_no_41-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de Maria da Conceição França Queiroz a Rua 10, localizada no Bairro Novo Paraíso.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>"Dispõe sobre a divulgação dos direitos da pessoa portadora de cancêr e dá outras providencias"</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1187/projeto_de_lei_no_43-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1187/projeto_de_lei_no_43-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de JOSE MANOEL DA SILVA FILHO (ZIQUITA MANOEL) a Rua 01, localizada no Bairro Novo Paraíso, nesta cidade.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1188/projeto_de_lei_no_44-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1188/projeto_de_lei_no_44-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de GERALDO RODRIGUES FILHO (LADICO RODRIGUES) a Rua 03, localizada no Bairro Novo Paraíso, nesta cidade.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1189/projeto_de_lei_no_45-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1189/projeto_de_lei_no_45-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do plano de carreira dos Técnicos de Contabilidade do Poder Executivo do Município de Carmo do Paranaíba, estabelece valores, normas para enquadramento e dá outras providências."</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1191/projeto_de_lei_no_46-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1191/projeto_de_lei_no_46-2019.pdf</t>
   </si>
   <si>
     <t>Altera a jornada de trabalho e o valor do vencimento base do cargo de Técnico de Contabilidade, e  dá outras providências.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1192/projeto_de_lei_no_47-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1192/projeto_de_lei_no_47-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com a Caixa Econômica Federal.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1193/projeto_de_lei_no_48-2019-.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1193/projeto_de_lei_no_48-2019-.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa para o Município de Carmo do Paranaíba-MG, para o Exercício Financeiro de 2020.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1194/projeto_de_lei_no_49-2019_-.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1194/projeto_de_lei_no_49-2019_-.pdf</t>
   </si>
   <si>
     <t>"Altera os Anexos constantes do Plano Plurianual para o quadriênio 2018/2021, aprovados pela Lei Municipal nº2.460, de 06 de Dezembro de 2017 e dá outras providências."</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1195/projeto_de_lei_no__50_-_2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1195/projeto_de_lei_no__50_-_2019.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de Crédito Adicional Especial por Anulação Orçamento Vigente e dá outras providências.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1218/projeto_de_lei_no_51-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1218/projeto_de_lei_no_51-2019.pdf</t>
   </si>
   <si>
     <t>Denomina de "WANTUIR AUGUSTO DE MENDONÇA" a Quadra Poliesportiva da Escola Municipal Dilza Maria de Oliveira, localizada no Bairro Paraíso, nesta cidade, e dá outras providências.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1220/projeto_de_lei_no_52-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1220/projeto_de_lei_no_52-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a manifestação do Quadro Geral dos Servidores previsto na Lei nº2009/2009.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1222/projeto_de_lei_no_53_-_2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1222/projeto_de_lei_no_53_-_2019.pdf</t>
   </si>
   <si>
     <t>Institui a criação de 2 vagas para estacionamento de veículos utilizados por pessoas idosas e por pessoas com deficiência física ou com mobilidade reduzida, e a pessoa com deficiência intelectual, ou que as transportem, nos estacionamentos de todas as Instituições Financeiras no município de Carmo do Paranaíba.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1229/projeto_de_lei_no_54-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1229/projeto_de_lei_no_54-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza a criação do Programa Bueiro Ecológico e dá outras providências.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1230/projeto_de_lei_no_55-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1230/projeto_de_lei_no_55-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do Município de Carmo do Paranaíba (MG) a efetuar repasses financeiros da subvenções, contribuições e auxílios às entidades que menciona e outros auxílios financeiros a pessoas físicas.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1254/projeto_de_lei_no_56-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1254/projeto_de_lei_no_56-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Prevenção e Combate ao mosquito "Aedes Aegypti" transmissor das doenças: Dengue, Zica Vírus e Chikungunya, e dá outras providências.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1105/projeto_de_resolucao_legislativa_no_01-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1105/projeto_de_resolucao_legislativa_no_01-2019.pdf</t>
   </si>
   <si>
     <t>Regula o Processo Administrativo Disciplinar dos Servidores no âmbito a Câmara Municipal de Carmo do Paranaíba/MG.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1106/projeto_de_resolucao_legislativa_no_02-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1106/projeto_de_resolucao_legislativa_no_02-2019.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Avaliação de Desempenho no âmbito da Câmara Municipal de Carmo do Paranaíba, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1107/projeto_de_resolucao_legislativa_no_03-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1107/projeto_de_resolucao_legislativa_no_03-2019.pdf</t>
   </si>
   <si>
     <t>Regula o uso de veículos oficiais da Câmara Municipal de Carmo do Paranaíba, e dá outras providências.</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1160/prl_no_04-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1160/prl_no_04-2019.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa da Câmara Municipal de Carmo do Paranaíba, Estado de Minas Gerais, para o exercício financeiro de 2020</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1169/prl_no_05-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1169/prl_no_05-2019.pdf</t>
   </si>
   <si>
     <t>Aprova o relatório final apresentado pela Comissão Parlamentar de Inquérito - CPI da COPASA, nomeada pela Portaria nº 16, de 19 de fevereiro de 2019</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1207/projeto_de_resolucao_no_006-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1207/projeto_de_resolucao_no_006-2019.pdf</t>
   </si>
   <si>
     <t>Aprova a Prestação de Contas do município de Carmo do Paranaíba, relativa ao Exercício Financeiro de 2016.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1221/projeto_de_resolucao_no_7-2019-paginas-excluida_xMBoIKW.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1221/projeto_de_resolucao_no_7-2019-paginas-excluida_xMBoIKW.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de comissão especial para análise do Projeto de Lei nº 012/2018.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1250/projeto_de_resolucao_legislativa_no_08-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1250/projeto_de_resolucao_legislativa_no_08-2019.pdf</t>
   </si>
   <si>
     <t>“Altera a Resolução Legislativa nº 034 de 14 de outubro de 2011 que Estabelece o uso de uniformes nas dependências da Câmara Municipal de Carmo do Paranaíba, e dá outras providências”</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1119/substitutivo_ao_pl_no_07-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1119/substitutivo_ao_pl_no_07-2019.pdf</t>
   </si>
   <si>
     <t>Substitutivo nº 1 ao Projeto de Lei nº 07/2019, de autoria do chefe do Poder Executivo, que "Altera a redação do § 1º do art. 1º da Lei Municipal nº 2.504, de 21 de dezembro de 2018, que autoriza o Poder Executivo do Município de Carmo do Paranaíba (MG) a efetuar repasses financeiros de subvenções, contribuições e auxílios às entidades que menciona e outros auxílios financeiros a pessoas físicas, e dá outras providências"</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1120/substitutivo_ao_pl_no_09-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1120/substitutivo_ao_pl_no_09-2019.pdf</t>
   </si>
   <si>
     <t>Substitutivo nº 2 ao Projeto de Lei nº 09/2019, de autoria do Prefeito, que "Autoriza o Poder Executivo de Carmo do Paranaíba, Estado de Minas Gerais, a abrir Crédito Suplementar por Anulação no valor de R$ 12.000,00 (doze mil reais), e dá outras providências"</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1133/pls_no_03-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1133/pls_no_03-2019.pdf</t>
   </si>
   <si>
     <t>Substitutivo ao Projeto de Lei nº 15/2019, de autoria do chefe do chefe do Poder Executivo, que "Reduz a jornada de trabalho dos servidores públicos municipais que ocupam os cargos de Cantineira, Auxiliar de Serviços, Psicólogos e Fiscal de Tributos</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>Albert Reis, Danilo Péia</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1154/pl_no_22-2019_-_substitutivo_no4-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1154/pl_no_22-2019_-_substitutivo_no4-2019.pdf</t>
   </si>
   <si>
     <t>Institui diárias de viagens no âmbito do Poder Executivo Municipal, para prefeito, vice-prefeito, secretários municipais, fixa seus valores e a forma de prestar contar, e dá outras providências .</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>Albert Reis, Getulio Henrique, Jader Dois Irmãos</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1252/projeto_substitutivo_no_005-2019_ao_pl_no_55-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1252/projeto_substitutivo_no_005-2019_ao_pl_no_55-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo do Município de Carmo do Paranaíba (MG) a efetuar repasses financeiros de subvenções, contribuições e auxílios às entidades que menciona e outros auxílios financeiros a pessoas físicas."</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>PEPL</t>
   </si>
   <si>
     <t>Proposta de Emenda</t>
   </si>
   <si>
     <t>Albert Reis, Julio do Sindicato, Silvânia Lopes</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1098/pem_no_1_ao_pl_no_01-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1098/pem_no_1_ao_pl_no_01-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa ao Projeto de Lei nº 01/2019, de autoria do chefe do Poder Executivo, que "Concede reajuste salarial aos servidores públicos municipais que especifica</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1110/pl_no_31-2018_-_pes_no_2-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1110/pl_no_31-2018_-_pes_no_2-2019.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUBSTITUTIVA AO PROJETO DE LEI Nº 31/2018, DE AUTORIA DO VEREADOR JADER QUINTINO ALVES, QUE "INSTITUI A MEIA-ENTRADA PARA SERVIDORES PÚBLICOS DO MUNICÍPIO DE CARMO DO PARANAÍBA NAS SESSÕES DE CINEMA, TEATRO SHOWS E OUTROS EVENTOS CULTURAIS E ESPORTIVOS</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1111/pl_no_04-2019_-_pes_no_3_-_vaz.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1111/pl_no_04-2019_-_pes_no_3_-_vaz.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUPRESSIVA AO PROJETO DE LEI Nº 04/2019, DE AUTORIA DO VEREADOR ALBERT DENIS REIS DA SILVA, QUE "INSTITUI O PROGRAMA EDUCAÇÃO PARA O TRÂNSITO" COMO ATIVIDADE EXTRACURRICULAR NA REDE MUNICIPAL DE ENSINO, DA PRÉ-ESCOLA AO ENSINO FUNDAMENTAL</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>Julio do Sindicato, Albert Reis</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1121/pem_no_4_ao_plc_no_01-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1121/pem_no_4_ao_plc_no_01-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa nº 4 ao Projeto de Lei Complementar nº 01/2019, de autoria da Mesa Diretora, que "Alteram-se dispositivos da Lei Complementar Municipal nº 12, de 26 de fevereiro de 2019, que dispõe sobre a Reestruturação do Plano de Cargos, Carreiras e Vencimentos dos Servidores da Câmara Municipal de Carmo do Paranaíba/MG, e dá outras providências</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1142/pl_no_21-2019_-_pem_no_5.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1142/pl_no_21-2019_-_pem_no_5.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa ao Projeto de Lei nº 21/2019, de autoria do Prefeito que "Concede reajuste salarial aos servidores públicos da administração direta e indireta do Poder Executivo, e dá outras providências</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>Subtenente Vaz, Jader Dois Irmãos, Siomar Rodigues</t>
   </si>
   <si>
     <t>Proposta de Emenda Supressiva ao Projeto de Lei nº 22/2019, de autoria do chefe do Poder Executivo, que "Institui diárias de viagens para os Secretários Municipais, alterando as disposições da Lei Municipal nº 1.982, de 26 de junho de 2009</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1149/pl_no_24-2019_-_pes_no_7.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1149/pl_no_24-2019_-_pes_no_7.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva ao Projeto de Lei nº 24/2019, de autoria do chefe do Poder Executivo, que "Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2020, e dá outras providências"</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1150/pl_no_24-2019_-_pea_no_8.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1150/pl_no_24-2019_-_pea_no_8.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva ao Projeto de Lei nº 24/2019, de autoria do chefe do Poder Executivo, que "Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2020, e dá outras providências"</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1152/pl_no_24-2019_-_pes_no_9.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1152/pl_no_24-2019_-_pes_no_9.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Supressiva ao Projeto de Lei nº 24/2019, de autoria do chefe do Poder Executivo, que "Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2020, e dá outras providências</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>CFOTOA - Comissão de Finanças, Orçamento, Tributos e Organização Administrativa - xx</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1155/pl_no_26-2019_-_pes_no_10_-_registro_de_votacao.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1155/pl_no_26-2019_-_pes_no_10_-_registro_de_votacao.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva ao Projeto de Lei nº 26/2019, de autoria do Prefeito, que "Autoriza o Poder Executivo a conceder anistia parcial da multa e remissão parcial dos juros a contribuintes inadimplentes, e dá outras providências"</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1175/20190911194904123.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1175/20190911194904123.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa ao PLO 22/2019.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1176/emenda_aditiva_12_ao_plo_12-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1176/emenda_aditiva_12_ao_plo_12-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de EMENDA ADITIVA AO PLO 33/2019</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1224/proposta_de_emenda_substitutiva_no013-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1224/proposta_de_emenda_substitutiva_no013-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 208 - Manter Convênio Clubes Esportivos e fica Reduzido dotação 618 - manter a assessoria de Comunicação Social.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1225/proposta_de_emenda_substitutiva_no014-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1225/proposta_de_emenda_substitutiva_no014-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 613 - Repasse Prog. Pessoa Portadora de Deficiência e fica Reduzido na dotação Direção da Política Educacional.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1226/proposta_de_emenda_substitutiva_no015-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1226/proposta_de_emenda_substitutiva_no015-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 160 - Manut. Prog. Assist~encia Farmacêutica e fica Reduzido dotação 287 - Manter Serviços Limpeza Urbana.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1227/proposta_de_emenda_substitutiva_no016-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1227/proposta_de_emenda_substitutiva_no016-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 284 - Manter serviços de limpeza Urbana e fica Reduzido dotação 287 - Manter Serviços de Limpeza Urbana.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1228/proposta_de_emenda_substitutiva_no017-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1228/proposta_de_emenda_substitutiva_no017-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 97 - Manutenção da UPA e fica Reduzido dotação 295 - Manut. Convênio Secretaria do Estado Defesa Social.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1232/proposta_de_emenda_substitutiva_no018-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1232/proposta_de_emenda_substitutiva_no018-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 115 - Auxílio financeiro a estudantes e fica Reduzido dotação 28 - Manter a assessoria de comunicação social.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1233/proposta_de_emenda_substitutiva_no019-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1233/proposta_de_emenda_substitutiva_no019-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 568 - sentença judiciais e fica Reduzido dotação 564 - encargos da divida.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1234/proposta_de_emenda_substitutiva_no020-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1234/proposta_de_emenda_substitutiva_no020-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 327 - administrar o terminal rodoviário e fica Reduzido dotação 28 - Manter a assessoria de comunicação social.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1235/proposta_de_emenda_substitutiva_no021-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1235/proposta_de_emenda_substitutiva_no021-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 106 - ações especializadas de saúde e fica Reduzido dotação 201 - manter a secretaria municipal da saúde.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1236/proposta_de_emenda_substitutiva_no022-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1236/proposta_de_emenda_substitutiva_no022-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 331 - construir e reformar pontes e mata burros e bueiros e fica Reduzido dotação 285 - manter serviços de limpeza urbana.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1237/proposta_de_emenda_substitutiva_no023-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1237/proposta_de_emenda_substitutiva_no023-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 405 - apoiar o desenvolvimento agropecuário do município e fica Reduzido dotação 406 -  apoiar o desenvolvimento agropecuário do município.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1238/proposta_de_emenda_substitutiva_no024-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1238/proposta_de_emenda_substitutiva_no024-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 690 - contribuição a entidades de proteção aos animais e fica Reduzido dotação 394 - melhoria na usina de triagem e aterro sanitário.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1239/proposta_de_emenda_substitutiva_no025-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1239/proposta_de_emenda_substitutiva_no025-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 331 - construir e reformar pontes e mata-burros e bueiros e fica Reduzido dotação 328 - aconstruir e reformar pontes e mata-burros e bueiros.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1240/proposta_de_emenda_substitutiva_no026-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1240/proposta_de_emenda_substitutiva_no026-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 44 - manter academia da saúde e fica Reduzido dotação 211 - manter o núcleo municipal de saúde.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1241/proposta_de_emenda_substitutiva_no027-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1241/proposta_de_emenda_substitutiva_no027-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 115 - auxílio Financeiros a Estudante e fica Reduzido dotação 189 -</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1242/proposta_de_emenda_substitutiva_no028-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1242/proposta_de_emenda_substitutiva_no028-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 559 - parceria entidades de acomp. fortalecimento segurança pública e fica Reduzido dotação 295 - Manut. convênio secretaria estado defesa social.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1243/proposta_de_emenda_substitutiva_no029-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1243/proposta_de_emenda_substitutiva_no029-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação  - auxílio saúde servidor e fica Reduzido dotação 1 - construir/reformar prédio da Câmara..</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1244/proposta_de_emenda_substitutiva_no030-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1244/proposta_de_emenda_substitutiva_no030-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação  - Médicos da Nossa terra e fica Reduzido dotação 189 -</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1245/proposta_de_emenda_modificativa_no031-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1245/proposta_de_emenda_modificativa_no031-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa ao PL nº48/2019 LOA - Modificando caput do art. 5º e os seus incisos I e II do par. 1º e o caput do art.6º.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1247/proposta_de_emenda_substitutiva_no032-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1247/proposta_de_emenda_substitutiva_no032-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Substitutiva que Estima a receita e fixa a despesa do Município de Carmo do Paranaíba (MG) para o exercício financeiro de 2020. Acrescido dotação 280 - MANTER CONVENIO CLUBES ESPORTIVOS e fica Reduzido dotação 181 SEGURANÇA PUBLICA -</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1248/proposta_de_emenda_modificativa_no033-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1248/proposta_de_emenda_modificativa_no033-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa ao PL nº55/2019 LOA - Modificando PAR. 1º  do artigo 1º e o par.2ºdoart. 1º do PL 55/2019.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1249/proposta_de_emenda_modificativa_no_34-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1249/proposta_de_emenda_modificativa_no_34-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Modificativa ao PL nº48/2019 LOA - Modificando o caput do art. 5º e os seus incisos I e II do par. 1º do art..5º do PL nº48/2019, e o caput do art. 6º, além de incluir o par. único ao art. 7º.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1251/proposta_de_emenda_aditiva_no_35-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1251/proposta_de_emenda_aditiva_no_35-2019.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva nº35-2019 = Fica acrescida a dotação 31900501 - Outros Benefícios Previdenciários do Servidor ou Militar e fica reduzido na dotação 339039000 - Outros serviços de terceiros - Pessoa Jurídica o valor de R$20.000,00 . do PL 48/2019</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1253/proposta_de_emenda_aditiva_no_36-2019.pdf</t>
+    <t>http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1253/proposta_de_emenda_aditiva_no_36-2019.pdf</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA ADITIVA AO PROJETO DE LEI N° 53/2019, DE AUTORIA DO VEREADOR JADER QUINTINO, que “Institui a criação de 2 vagas para estacionamento de veículos utilizados por pessoas idosas e por pessoas com deficiência física ou com mobilidade reduzida, e a pessoa com deficiência intelectual, ou que as transportem, nos estacionamentos de todas as Instituições Financeiras.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>CPI</t>
   </si>
   <si>
     <t>Relatório de CPI</t>
   </si>
   <si>
     <t>CPI - Comissão Parlamentar de Inquérito</t>
   </si>
   <si>
     <t>Investigar a legalidade da Cobrança da taxa de coleta e tratamento de esgoto de 95%, bem como o cumprimento do termo de cooperação firmado entre o Município de Carmo do Paranaíba e COPASA (Contrato nº 1007901). Principalmente em relação ao tratamento do esgoto doméstico.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -2061,67 +2061,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1100/indicacao_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1103/indicacao_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1104/indicacao_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1108/indicacao_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1112/indicacao_no_05-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1125/indicacao_no__06-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1126/indicacao_no__07-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1130/indicacao_no__08-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1131/indicacao_no_09-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1132/indicacao_no_10-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1144/indicacao_no_11-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1145/indicacao_no_12-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1148/indicacao_no_13-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1151/indicacao_no_14-2019_-_julio_-_iluminacao_parte_qRed6uP.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1158/indicacao_no_15-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1162/indicacao_no_16-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1163/indicacao_no_17-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1165/indicacao_no_18-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1166/indicacao_no_19-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1190/indicacao_no_23-2019_-.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1246/indicacao_no_24_-_vereador_danilo_-_galeria_pluvial.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1157/pl_no_27-2019_-_mensagem_de_veto_no_01.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1183/pl_no_30-2019_-_mensagem_de_veto_02-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1257/mensagerm_de_veto_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1208/mocao_de_aplauso_no_01_-_2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1209/mocao_de_aplauso_no02-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1210/mocao_de_aplausos_no03-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1211/mocao_de_aplauso_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1212/mocao_de_aplauso_no_05-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1213/mocao_de_aplauso_no_06-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1214/mocao_de_aplauso_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1215/mocao_de_aplauso_no_08-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1216/mocao_de_aplauso_no_09-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1217/mocao_de_aplauso_no_10-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1196/projeto_de_decreto_legislativo_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1197/projeto_de_decreto_legislativo_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1198/projeto_de_decreto_legislativo_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1199/projeto_de_decreto_legislativo_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1200/projeto_de_decreto_legislativo_no_05-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1201/projeto_de_decreto_legislativo_no_06-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1202/projeto_de_decreto_legislativo_no_07-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1203/projeto_de_decreto_legislativo_no_08-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1204/projeto_de_decreto_legislativo_no_09-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1205/projeto_de_decreto_legislativo_no_10-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1206/projeto_de_decreto_legislativo_no_11-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1219/projeto_de_decreto_legislativo_no_12-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1117/plc_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1096/pl_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1097/pl_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1099/pl_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1101/pl_no_04-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1102/pl_no_05-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1109/pl_no_06-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1113/pl_no_07-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1114/pl_no_08-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1115/pl_no_09-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1116/pl_no_10-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1118/pl_no_11-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1122/pl_no_12-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1123/pl_13_-_2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1124/pl_14_-_2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1127/pl_no_15-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1128/pl_no_16-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1129/pl_no_17-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1134/pl_no_18-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1135/pl_no_19-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1136/pl_no_20-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1137/pl_no_21-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1138/pl_no_22-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1139/pl_no_23-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1140/pl_no_24-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1147/pl_no_26-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1156/pl_no_28-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1159/pl_no_29-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1161/pl_no_30-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1164/pl_no_31-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1167/pl_no_32-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1170/pl_no_33-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1171/pl_no_34-2019_44MxXLZ.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1172/pl_no_35-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1174/pl_no_37-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1177/plo_38-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1179/pl_no_39-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1180/pl_no_40-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1181/pl_no_41-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1187/projeto_de_lei_no_43-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1188/projeto_de_lei_no_44-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1189/projeto_de_lei_no_45-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1191/projeto_de_lei_no_46-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1192/projeto_de_lei_no_47-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1193/projeto_de_lei_no_48-2019-.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1194/projeto_de_lei_no_49-2019_-.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1195/projeto_de_lei_no__50_-_2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1218/projeto_de_lei_no_51-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1220/projeto_de_lei_no_52-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1222/projeto_de_lei_no_53_-_2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1229/projeto_de_lei_no_54-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1230/projeto_de_lei_no_55-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1254/projeto_de_lei_no_56-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1105/projeto_de_resolucao_legislativa_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1106/projeto_de_resolucao_legislativa_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1107/projeto_de_resolucao_legislativa_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1160/prl_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1169/prl_no_05-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1207/projeto_de_resolucao_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1221/projeto_de_resolucao_no_7-2019-paginas-excluida_xMBoIKW.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1250/projeto_de_resolucao_legislativa_no_08-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1119/substitutivo_ao_pl_no_07-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1120/substitutivo_ao_pl_no_09-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1133/pls_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1154/pl_no_22-2019_-_substitutivo_no4-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1252/projeto_substitutivo_no_005-2019_ao_pl_no_55-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1098/pem_no_1_ao_pl_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1110/pl_no_31-2018_-_pes_no_2-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1111/pl_no_04-2019_-_pes_no_3_-_vaz.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1121/pem_no_4_ao_plc_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1142/pl_no_21-2019_-_pem_no_5.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1149/pl_no_24-2019_-_pes_no_7.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1150/pl_no_24-2019_-_pea_no_8.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1152/pl_no_24-2019_-_pes_no_9.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1155/pl_no_26-2019_-_pes_no_10_-_registro_de_votacao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1175/20190911194904123.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1176/emenda_aditiva_12_ao_plo_12-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1224/proposta_de_emenda_substitutiva_no013-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1225/proposta_de_emenda_substitutiva_no014-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1226/proposta_de_emenda_substitutiva_no015-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1227/proposta_de_emenda_substitutiva_no016-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1228/proposta_de_emenda_substitutiva_no017-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1232/proposta_de_emenda_substitutiva_no018-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1233/proposta_de_emenda_substitutiva_no019-2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1234/proposta_de_emenda_substitutiva_no020-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1235/proposta_de_emenda_substitutiva_no021-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1236/proposta_de_emenda_substitutiva_no022-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1237/proposta_de_emenda_substitutiva_no023-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1238/proposta_de_emenda_substitutiva_no024-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1239/proposta_de_emenda_substitutiva_no025-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1240/proposta_de_emenda_substitutiva_no026-2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1241/proposta_de_emenda_substitutiva_no027-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1242/proposta_de_emenda_substitutiva_no028-2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1243/proposta_de_emenda_substitutiva_no029-2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1244/proposta_de_emenda_substitutiva_no030-2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1245/proposta_de_emenda_modificativa_no031-2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1247/proposta_de_emenda_substitutiva_no032-2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1248/proposta_de_emenda_modificativa_no033-2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1249/proposta_de_emenda_modificativa_no_34-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1251/proposta_de_emenda_aditiva_no_35-2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1253/proposta_de_emenda_aditiva_no_36-2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1100/indicacao_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1103/indicacao_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1104/indicacao_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1108/indicacao_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1112/indicacao_no_05-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1125/indicacao_no__06-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1126/indicacao_no__07-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1130/indicacao_no__08-2019.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1131/indicacao_no_09-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1132/indicacao_no_10-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1144/indicacao_no_11-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1145/indicacao_no_12-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1148/indicacao_no_13-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1151/indicacao_no_14-2019_-_julio_-_iluminacao_parte_qRed6uP.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1158/indicacao_no_15-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1162/indicacao_no_16-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1163/indicacao_no_17-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1165/indicacao_no_18-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1166/indicacao_no_19-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1190/indicacao_no_23-2019_-.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1246/indicacao_no_24_-_vereador_danilo_-_galeria_pluvial.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1157/pl_no_27-2019_-_mensagem_de_veto_no_01.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1183/pl_no_30-2019_-_mensagem_de_veto_02-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1257/mensagerm_de_veto_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1208/mocao_de_aplauso_no_01_-_2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1209/mocao_de_aplauso_no02-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1210/mocao_de_aplausos_no03-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1211/mocao_de_aplauso_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1212/mocao_de_aplauso_no_05-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1213/mocao_de_aplauso_no_06-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1214/mocao_de_aplauso_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1215/mocao_de_aplauso_no_08-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1216/mocao_de_aplauso_no_09-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1217/mocao_de_aplauso_no_10-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1196/projeto_de_decreto_legislativo_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1197/projeto_de_decreto_legislativo_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1198/projeto_de_decreto_legislativo_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1199/projeto_de_decreto_legislativo_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1200/projeto_de_decreto_legislativo_no_05-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1201/projeto_de_decreto_legislativo_no_06-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1202/projeto_de_decreto_legislativo_no_07-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1203/projeto_de_decreto_legislativo_no_08-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1204/projeto_de_decreto_legislativo_no_09-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1205/projeto_de_decreto_legislativo_no_10-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1206/projeto_de_decreto_legislativo_no_11-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1219/projeto_de_decreto_legislativo_no_12-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1117/plc_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1096/pl_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1097/pl_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1099/pl_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1101/pl_no_04-2018.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1102/pl_no_05-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1109/pl_no_06-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1113/pl_no_07-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1114/pl_no_08-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1115/pl_no_09-2019.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1116/pl_no_10-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1118/pl_no_11-2019.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1122/pl_no_12-2019.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1123/pl_13_-_2019.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1124/pl_14_-_2019.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1127/pl_no_15-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1128/pl_no_16-2019.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1129/pl_no_17-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1134/pl_no_18-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1135/pl_no_19-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1136/pl_no_20-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1137/pl_no_21-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1138/pl_no_22-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1139/pl_no_23-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1140/pl_no_24-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1147/pl_no_26-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1156/pl_no_28-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1159/pl_no_29-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1161/pl_no_30-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1164/pl_no_31-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1167/pl_no_32-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1170/pl_no_33-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1171/pl_no_34-2019_44MxXLZ.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1172/pl_no_35-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1174/pl_no_37-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1177/plo_38-2019.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1179/pl_no_39-2019.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1180/pl_no_40-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1181/pl_no_41-2019.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1187/projeto_de_lei_no_43-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1188/projeto_de_lei_no_44-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1189/projeto_de_lei_no_45-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1191/projeto_de_lei_no_46-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1192/projeto_de_lei_no_47-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1193/projeto_de_lei_no_48-2019-.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1194/projeto_de_lei_no_49-2019_-.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1195/projeto_de_lei_no__50_-_2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1218/projeto_de_lei_no_51-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1220/projeto_de_lei_no_52-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1222/projeto_de_lei_no_53_-_2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1229/projeto_de_lei_no_54-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1230/projeto_de_lei_no_55-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1254/projeto_de_lei_no_56-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1105/projeto_de_resolucao_legislativa_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1106/projeto_de_resolucao_legislativa_no_02-2019.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1107/projeto_de_resolucao_legislativa_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1160/prl_no_04-2019.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1169/prl_no_05-2019.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1207/projeto_de_resolucao_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1221/projeto_de_resolucao_no_7-2019-paginas-excluida_xMBoIKW.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1250/projeto_de_resolucao_legislativa_no_08-2019.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1119/substitutivo_ao_pl_no_07-2019.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1120/substitutivo_ao_pl_no_09-2019.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1133/pls_no_03-2019.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1154/pl_no_22-2019_-_substitutivo_no4-2019.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1252/projeto_substitutivo_no_005-2019_ao_pl_no_55-2019.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1098/pem_no_1_ao_pl_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1110/pl_no_31-2018_-_pes_no_2-2019.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1111/pl_no_04-2019_-_pes_no_3_-_vaz.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1121/pem_no_4_ao_plc_no_01-2019.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1142/pl_no_21-2019_-_pem_no_5.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1149/pl_no_24-2019_-_pes_no_7.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1150/pl_no_24-2019_-_pea_no_8.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1152/pl_no_24-2019_-_pes_no_9.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1155/pl_no_26-2019_-_pes_no_10_-_registro_de_votacao.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1175/20190911194904123.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1176/emenda_aditiva_12_ao_plo_12-2019.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1224/proposta_de_emenda_substitutiva_no013-2019.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1225/proposta_de_emenda_substitutiva_no014-2019.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1226/proposta_de_emenda_substitutiva_no015-2019.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1227/proposta_de_emenda_substitutiva_no016-2019.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1228/proposta_de_emenda_substitutiva_no017-2019.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1232/proposta_de_emenda_substitutiva_no018-2019.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1233/proposta_de_emenda_substitutiva_no019-2019.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1234/proposta_de_emenda_substitutiva_no020-2019.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1235/proposta_de_emenda_substitutiva_no021-2019.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1236/proposta_de_emenda_substitutiva_no022-2019.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1237/proposta_de_emenda_substitutiva_no023-2019.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1238/proposta_de_emenda_substitutiva_no024-2019.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1239/proposta_de_emenda_substitutiva_no025-2019.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1240/proposta_de_emenda_substitutiva_no026-2019.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1241/proposta_de_emenda_substitutiva_no027-2019.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1242/proposta_de_emenda_substitutiva_no028-2019.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1243/proposta_de_emenda_substitutiva_no029-2019.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1244/proposta_de_emenda_substitutiva_no030-2019.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1245/proposta_de_emenda_modificativa_no031-2019.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1247/proposta_de_emenda_substitutiva_no032-2019.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1248/proposta_de_emenda_modificativa_no033-2019.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1249/proposta_de_emenda_modificativa_no_34-2019.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1251/proposta_de_emenda_aditiva_no_35-2019.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/sapl/public/materialegislativa/2019/1253/proposta_de_emenda_aditiva_no_36-2019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carmodoparanaiba.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H158"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="79" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="140" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="139.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>